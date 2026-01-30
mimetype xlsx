--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -21,51 +21,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\TULLIO\ACCESSO CIVICO LEGGI TRASPARENZA\REGISTRO ACCESSI\1 trim  2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="9816" windowHeight="3504"/>
   </bookViews>
   <sheets>
     <sheet name="I TRIMESTRE" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="563" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="555" uniqueCount="133">
   <si>
     <t>Numero</t>
   </si>
   <si>
     <t>Servizio responsabile dell'istruttoria</t>
   </si>
   <si>
     <t>Tipologia di accesso</t>
   </si>
   <si>
     <t>Data di presentazione della richiesta</t>
   </si>
   <si>
     <t>Richiedente</t>
   </si>
   <si>
     <t>Stato del procedimento</t>
   </si>
   <si>
     <t>Esito</t>
   </si>
   <si>
     <t>Presenza di controinteressati</t>
   </si>
   <si>
@@ -105,56 +105,50 @@
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <r>
       <t>Oggetto della motivazione</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>:(per accesso documentale ex L. 241/90)</t>
     </r>
   </si>
   <si>
     <t>Registro degli Accessi I° Trimestre 2025 (Gennaio-Marzo)</t>
   </si>
   <si>
-    <t>Accesso Atti agli atti L.241/91</t>
-[...4 lines deleted...]
-  <si>
     <t>RAT</t>
   </si>
   <si>
     <t>Accesso  agli atti D.lgs. 33/13 FOIA</t>
   </si>
   <si>
     <t>In corso</t>
   </si>
   <si>
     <t xml:space="preserve"> visione  dati relativi al trasporto pubblico gestito da Cotral </t>
   </si>
   <si>
     <t>U.O. PAGHE</t>
   </si>
   <si>
     <t xml:space="preserve"> Accesso agli atti ai sensi della  L. 241/90                                                                              </t>
   </si>
   <si>
     <t>richiesta copie buste paga</t>
   </si>
   <si>
     <t>U.O. Disciplina e Contenzioso del Lavoro</t>
   </si>
   <si>
     <t>Accesso agli atti Legge n. 241/90</t>
@@ -203,53 +197,50 @@
   </si>
   <si>
     <t>Gennaio-Febbraio-Marzo</t>
   </si>
   <si>
     <t>Dipendenti</t>
   </si>
   <si>
     <t>N° 11 richieste (Copie accertamenti sanitari)</t>
   </si>
   <si>
     <t>Relazioni Industriali</t>
   </si>
   <si>
     <t xml:space="preserve"> Accesso agli atti                        L 241/90                                                                              
 </t>
   </si>
   <si>
     <t>20.03.2025</t>
   </si>
   <si>
     <t>Soggetto Sindacale</t>
   </si>
   <si>
     <t>Esigenze difensive giudiziali e/o stragiudiziali</t>
-  </si>
-[...1 lines deleted...]
-    <t>7</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>15</t>
   </si>
@@ -892,54 +883,54 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I74"/>
+  <dimension ref="A1:I73"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="H70" sqref="H70"/>
+    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="A13" sqref="A13:XFD13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.44140625" customWidth="1"/>
     <col min="2" max="2" width="21.77734375" customWidth="1"/>
     <col min="3" max="3" width="21.77734375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
     <col min="5" max="5" width="12.109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="32.44140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="12" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="16.44140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.3">
       <c r="D1" s="1"/>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="C2" s="16" t="s">
         <v>22</v>
       </c>
       <c r="D2" s="16"/>
       <c r="E2" s="16"/>
       <c r="F2" s="16"/>
       <c r="G2" s="16"/>
@@ -1088,1896 +1079,1867 @@
       </c>
       <c r="E10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I10" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A11" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="D11" s="6">
         <v>45701</v>
       </c>
       <c r="E11" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I11" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:9" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A12" s="4" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C12" s="4" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="D12" s="6">
         <v>45740</v>
       </c>
       <c r="E12" s="4" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="5" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="7" t="s">
         <v>13</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A13" s="11" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B13" s="12" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="C13" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D13" s="13">
+        <v>45720</v>
+      </c>
+      <c r="E13" s="12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" s="14" t="s">
         <v>26</v>
       </c>
-      <c r="D13" s="13">
-[...11 lines deleted...]
-      <c r="H13" s="8" t="s">
+      <c r="H13" s="12" t="s">
         <v>14</v>
       </c>
       <c r="I13" s="12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
-      <c r="A14" s="11" t="s">
-[...23 lines deleted...]
-      <c r="I14" s="12" t="s">
+      <c r="A14" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="D14" s="10">
+        <v>45659</v>
+      </c>
+      <c r="E14" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="I14" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A15" s="4" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B15" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C15" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D15" s="10">
-        <v>45659</v>
+        <v>45660</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I15" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A16" s="4" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B16" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C16" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D16" s="10">
-        <v>45660</v>
+        <v>45664</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F16" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G16" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H16" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I16" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="17" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A17" s="4" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B17" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C17" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D17" s="10">
         <v>45664</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H17" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I17" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A18" s="4" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B18" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C18" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D18" s="10">
-        <v>45664</v>
+        <v>45674</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F18" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H18" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I18" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="19" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A19" s="4" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B19" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C19" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D19" s="10">
-        <v>45674</v>
+        <v>45680</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H19" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I19" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="20" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A20" s="4" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B20" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C20" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D20" s="10">
-        <v>45680</v>
+        <v>45681</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G20" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H20" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I20" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A21" s="4" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="B21" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C21" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D21" s="10">
         <v>45681</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F21" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G21" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H21" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I21" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A22" s="4" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B22" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C22" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D22" s="10">
         <v>45681</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G22" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H22" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I22" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A23" s="4" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="B23" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C23" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D23" s="10">
         <v>45681</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F23" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G23" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H23" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I23" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="24" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A24" s="4" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B24" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C24" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D24" s="10">
-        <v>45681</v>
+        <v>45684</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G24" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H24" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I24" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A25" s="4" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B25" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C25" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D25" s="10">
-        <v>45684</v>
+        <v>45687</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G25" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H25" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I25" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A26" s="4" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B26" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C26" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D26" s="10">
         <v>45687</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F26" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G26" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H26" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I26" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A27" s="4" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B27" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C27" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D27" s="10">
-        <v>45687</v>
+        <v>45688</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F27" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H27" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I27" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="28" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A28" s="4" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B28" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C28" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D28" s="10">
-        <v>45688</v>
+        <v>45692</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F28" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H28" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I28" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="29" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A29" s="4" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B29" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C29" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D29" s="10">
         <v>45692</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F29" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H29" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I29" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="30" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A30" s="4" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B30" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C30" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D30" s="10">
         <v>45692</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F30" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H30" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I30" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A31" s="4" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B31" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C31" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D31" s="10">
         <v>45692</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G31" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H31" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I31" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A32" s="4" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B32" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D32" s="10">
-        <v>45692</v>
+        <v>45698</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F32" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H32" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I32" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A33" s="4" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B33" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C33" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D33" s="10">
-        <v>45698</v>
+        <v>45701</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F33" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H33" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I33" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A34" s="4" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B34" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C34" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D34" s="10">
         <v>45701</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F34" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G34" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H34" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I34" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A35" s="4" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B35" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C35" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D35" s="10">
         <v>45701</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H35" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I35" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A36" s="4" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B36" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D36" s="10">
         <v>45701</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H36" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I36" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A37" s="4" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B37" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C37" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D37" s="10">
-        <v>45701</v>
+        <v>45705</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H37" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I37" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A38" s="4" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B38" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D38" s="10">
         <v>45705</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H38" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I38" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A39" s="4" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B39" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D39" s="10">
-        <v>45705</v>
+        <v>45707</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H39" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I39" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A40" s="4" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D40" s="10">
         <v>45707</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H40" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I40" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A41" s="4" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B41" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D41" s="10">
         <v>45707</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H41" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I41" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A42" s="4" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B42" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D42" s="10">
-        <v>45707</v>
+        <v>45709</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H42" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I42" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A43" s="4" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B43" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D43" s="10">
-        <v>45709</v>
+        <v>45713</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H43" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I43" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A44" s="4" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B44" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D44" s="10">
         <v>45713</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H44" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I44" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A45" s="4" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B45" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D45" s="10">
-        <v>45713</v>
+        <v>45715</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H45" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I45" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A46" s="4" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B46" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D46" s="10">
-        <v>45715</v>
+        <v>45716</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H46" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I46" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A47" s="4" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B47" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D47" s="10">
-        <v>45716</v>
+        <v>45720</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H47" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I47" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A48" s="4" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B48" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C48" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D48" s="10">
-        <v>45720</v>
+        <v>45721</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H48" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I48" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A49" s="4" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B49" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C49" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D49" s="10">
-        <v>45721</v>
+        <v>45727</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H49" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I49" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A50" s="4" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B50" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C50" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D50" s="10">
         <v>45727</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H50" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I50" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A51" s="4" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B51" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C51" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D51" s="10">
         <v>45727</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H51" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I51" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="52" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A52" s="4" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B52" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C52" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D52" s="10">
         <v>45727</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H52" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I52" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A53" s="4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B53" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C53" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D53" s="10">
-        <v>45727</v>
+        <v>45728</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H53" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I53" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="54" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A54" s="4" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B54" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C54" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D54" s="10">
-        <v>45728</v>
+        <v>45729</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F54" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H54" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I54" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A55" s="4" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B55" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C55" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D55" s="10">
-        <v>45729</v>
+        <v>45730</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H55" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I55" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A56" s="4" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B56" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C56" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D56" s="10">
         <v>45730</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H56" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I56" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="57" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A57" s="4" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B57" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C57" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D57" s="10">
         <v>45730</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H57" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I57" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A58" s="4" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B58" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C58" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D58" s="10">
-        <v>45730</v>
+        <v>45733</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F58" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H58" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I58" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A59" s="4" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B59" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C59" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D59" s="10">
-        <v>45733</v>
+        <v>45741</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F59" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H59" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I59" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A60" s="4" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B60" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C60" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D60" s="10">
-        <v>45741</v>
+        <v>45742</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F60" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="9" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="H60" s="8" t="s">
         <v>14</v>
       </c>
       <c r="I60" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A61" s="4" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B61" s="9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C61" s="9" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="D61" s="10">
         <v>45742</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F61" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G61" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="H61" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="I61" s="9" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="69" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="B62" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C62" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="H61" s="8" t="s">
-[...13 lines deleted...]
-      <c r="C62" s="9" t="s">
+      <c r="D62" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E62" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F62" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="H62" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="I62" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A63" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B63" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="D62" s="10">
-[...8 lines deleted...]
-      <c r="G62" s="9" t="s">
+      <c r="C63" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="H62" s="8" t="s">
-[...13 lines deleted...]
-      <c r="C63" s="9" t="s">
+      <c r="D63" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="E63" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F63" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="D63" s="9" t="s">
-[...12 lines deleted...]
-        <v>14</v>
+      <c r="H63" s="9" t="s">
+        <v>36</v>
       </c>
       <c r="I63" s="9" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A64" s="4" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B64" s="9" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C64" s="9" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D64" s="9" t="s">
         <v>37</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F64" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G64" s="9" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>33</v>
+      </c>
+      <c r="H64" s="8" t="s">
+        <v>14</v>
       </c>
       <c r="I64" s="9" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
     </row>
     <row r="65" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A65" s="4" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B65" s="9" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C65" s="9" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>39</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F65" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G65" s="9" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>33</v>
+      </c>
+      <c r="H65" s="9" t="s">
+        <v>36</v>
       </c>
       <c r="I65" s="9" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
     </row>
     <row r="66" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A66" s="4" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B66" s="9" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C66" s="9" t="s">
         <v>40</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>41</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F66" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G66" s="9" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>33</v>
+      </c>
+      <c r="H66" s="8" t="s">
+        <v>14</v>
       </c>
       <c r="I66" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="67" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A67" s="4" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B67" s="9" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C67" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D67" s="9" t="s">
         <v>43</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="F67" s="8" t="s">
-        <v>12</v>
+      <c r="F67" s="15" t="s">
+        <v>25</v>
       </c>
       <c r="G67" s="9" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>33</v>
+      </c>
+      <c r="H67" s="15" t="s">
+        <v>25</v>
       </c>
       <c r="I67" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="68" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A68" s="4" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B68" s="9" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="C68" s="9" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D68" s="9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E68" s="9" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>47</v>
+      </c>
+      <c r="F68" s="8" t="s">
+        <v>12</v>
       </c>
       <c r="G68" s="9" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>48</v>
+      </c>
+      <c r="H68" s="8" t="s">
+        <v>14</v>
       </c>
       <c r="I68" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="69" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:9" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A69" s="4" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B69" s="9" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C69" s="9" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="E69" s="9" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>52</v>
+      </c>
+      <c r="F69" s="15" t="s">
+        <v>25</v>
       </c>
       <c r="G69" s="9" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>53</v>
+      </c>
+      <c r="H69" s="15" t="s">
+        <v>25</v>
       </c>
       <c r="I69" s="9" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="70" spans="1:9" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A70" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B70" s="9" t="s">
+        <v>111</v>
+      </c>
+      <c r="C70" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="D70" s="9" t="s">
         <v>113</v>
       </c>
-      <c r="B70" s="9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E70" s="9" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>114</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>12</v>
       </c>
       <c r="G70" s="9" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>115</v>
+      </c>
+      <c r="H70" s="9" t="s">
+        <v>116</v>
       </c>
       <c r="I70" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="71" spans="1:9" ht="41.4" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:9" ht="55.2" x14ac:dyDescent="0.3">
       <c r="A71" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="B71" s="9" t="s">
+        <v>118</v>
+      </c>
+      <c r="C71" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="D71" s="10">
+        <v>45735</v>
+      </c>
+      <c r="E71" s="9" t="s">
         <v>120</v>
       </c>
-      <c r="B71" s="9" t="s">
-[...12 lines deleted...]
-        <v>12</v>
+      <c r="F71" s="15" t="s">
+        <v>25</v>
       </c>
       <c r="G71" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="H71" s="15" t="s">
+        <v>122</v>
+      </c>
+      <c r="I71" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A72" s="4" t="s">
+        <v>126</v>
+      </c>
+      <c r="B72" s="9" t="s">
         <v>118</v>
       </c>
-      <c r="H71" s="9" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C72" s="9" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D72" s="10">
-        <v>45735</v>
+        <v>45740</v>
       </c>
       <c r="E72" s="9" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="F72" s="15" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="G72" s="9" t="s">
         <v>124</v>
       </c>
       <c r="H72" s="15" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="I72" s="9" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" ht="69" x14ac:dyDescent="0.3">
       <c r="A73" s="4" t="s">
+        <v>132</v>
+      </c>
+      <c r="B73" s="9" t="s">
+        <v>118</v>
+      </c>
+      <c r="C73" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="D73" s="10">
+        <v>45744</v>
+      </c>
+      <c r="E73" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="F73" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="G73" s="9" t="s">
         <v>129</v>
       </c>
-      <c r="B73" s="9" t="s">
-[...18 lines deleted...]
-        <v>125</v>
+      <c r="H73" s="9" t="s">
+        <v>130</v>
       </c>
       <c r="I73" s="9" t="s">
-        <v>36</v>
-[...18 lines deleted...]
-      <c r="F74" s="9" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:G3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="90" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>