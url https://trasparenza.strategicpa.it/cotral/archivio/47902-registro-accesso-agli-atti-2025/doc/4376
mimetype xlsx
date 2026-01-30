--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -11,51 +11,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="4" rupBuild="14420"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="108" windowWidth="14808" windowHeight="8016"/>
   </bookViews>
   <sheets>
     <sheet name="2° Trimestre 2025" sheetId="6" r:id="rId1"/>
   </sheets>
   <calcPr calcId="122211"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="353" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="353" uniqueCount="64">
   <si>
     <t>Numero</t>
   </si>
   <si>
     <t>Servizio responsabile dell'istruttoria</t>
   </si>
   <si>
     <t>Tipologia di accesso</t>
   </si>
   <si>
     <t>Data di presentazione della richiesta</t>
   </si>
   <si>
     <t>Richiedente</t>
   </si>
   <si>
     <t>Stato del procedimento</t>
   </si>
   <si>
     <t>Esito</t>
   </si>
   <si>
     <t>Presenza di controinteressati</t>
   </si>
   <si>
@@ -95,132 +95,105 @@
   <si>
     <t>soggetto privato</t>
   </si>
   <si>
     <t>richiesta copie buste paga</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>si</t>
   </si>
   <si>
     <t>Aprile-Maggio-Giugno</t>
   </si>
   <si>
     <t>N° 14 richieste (Copie accertamenti sanitari)</t>
   </si>
   <si>
     <t>Accesso agli atti Legge n. 241/90</t>
   </si>
   <si>
     <t>Tutela diritti soggettivi</t>
   </si>
   <si>
-    <t>Accesso agli atti Legge n. 241/91</t>
-[...4 lines deleted...]
-  <si>
     <t>Registro degli Accessi II Trimestre 2025 (aprile-giugno)</t>
   </si>
   <si>
     <t>richiesta documentazione Selezione Pubblica per Operatore di Esercizio</t>
   </si>
   <si>
     <t>23.04.2025</t>
   </si>
   <si>
     <t>Successivamente annullata dal Lavoratore</t>
   </si>
   <si>
     <t>02.05.2025</t>
   </si>
   <si>
-    <t>Accesso agli atti Legge n. 241/93</t>
-[...1 lines deleted...]
-  <si>
     <t>08.05.2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Accesso agli atti Legge n. 241/94</t>
   </si>
   <si>
     <t>11.06.2025</t>
   </si>
   <si>
     <t>Aperto</t>
   </si>
   <si>
     <t>Dru                                    U.O. Relazioni industriali, Welfare e Salute</t>
   </si>
   <si>
     <t>soggetti privati</t>
   </si>
   <si>
     <r>
       <t>Oggetto della motivazione</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>:(per accesso documentale ex L. 241/90)</t>
     </r>
   </si>
   <si>
     <t>CDV</t>
   </si>
   <si>
     <t>Accesso Atti agli atti L.241/90</t>
   </si>
   <si>
     <t>evasa</t>
   </si>
   <si>
     <t>visione Verbale di accertamento e Contestazione</t>
-  </si>
-[...13 lines deleted...]
-    <t>Accesso Atti agli atti L.241/95</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>SAL</t>
   </si>
   <si>
     <t xml:space="preserve"> Accesso agli atti L. 241/90 </t>
   </si>
   <si>
     <t xml:space="preserve">Soggetto privato </t>
   </si>
   <si>
     <t xml:space="preserve">Terminato </t>
   </si>
   <si>
     <t xml:space="preserve">Presentare ricorso per tutela  diritti in sede giudiziaria (Bando 14/2024 - Comunicazione) </t>
   </si>
   <si>
     <t>Accoglimento, dopo iniziale differimento, ai sensi degli artt. 35 e 36 Dlgs. 36/23</t>
   </si>
   <si>
     <t xml:space="preserve">SAL </t>
   </si>
@@ -704,103 +677,103 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <tabColor theme="8" tint="0.39997558519241921"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A2:I53"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I52" sqref="I52:I53"/>
+    <sheetView tabSelected="1" topLeftCell="A37" workbookViewId="0">
+      <selection activeCell="C37" sqref="C37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="2" max="2" width="16.88671875" customWidth="1"/>
     <col min="3" max="3" width="15.21875" customWidth="1"/>
     <col min="4" max="4" width="17.109375" customWidth="1"/>
     <col min="5" max="5" width="14.88671875" customWidth="1"/>
     <col min="6" max="6" width="13.6640625" customWidth="1"/>
     <col min="7" max="7" width="53.21875" customWidth="1"/>
     <col min="8" max="8" width="15" customWidth="1"/>
     <col min="9" max="9" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="C2" s="11" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D2" s="11"/>
       <c r="E2" s="11"/>
       <c r="F2" s="11"/>
       <c r="G2" s="11"/>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.3">
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
       <c r="E3" s="11"/>
       <c r="F3" s="11"/>
       <c r="G3" s="11"/>
     </row>
     <row r="6" spans="1:9" ht="61.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:9" ht="39.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="2">
         <v>1</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D7" s="3">
         <v>45755</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>19</v>
       </c>
       <c r="F7" s="5" t="s">
@@ -1481,692 +1454,692 @@
       </c>
       <c r="I30" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:9" ht="69" x14ac:dyDescent="0.3">
       <c r="A31" s="2">
         <v>25</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="3">
         <v>45783</v>
       </c>
       <c r="E31" s="4" t="s">
         <v>19</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G31" s="4" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I31" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:9" ht="69" x14ac:dyDescent="0.3">
       <c r="A32" s="2">
         <v>26</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="3">
         <v>45770</v>
       </c>
       <c r="E32" s="4" t="s">
         <v>19</v>
       </c>
       <c r="F32" s="5" t="s">
         <v>10</v>
       </c>
       <c r="G32" s="4" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I32" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="33" spans="1:9" ht="42" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="2">
         <v>27</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E33" s="4" t="s">
         <v>19</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="4" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I33" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="2">
         <v>28</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="D34" s="7" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="E34" s="4" t="s">
         <v>19</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G34" s="4" t="s">
         <v>26</v>
       </c>
       <c r="H34" s="4" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="I34" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="35" spans="1:9" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A35" s="2">
         <v>29</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>19</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>26</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>14</v>
       </c>
       <c r="I35" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="36" spans="1:9" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A36" s="2">
         <v>30</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E36" s="4" t="s">
         <v>19</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="4" t="s">
         <v>26</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I36" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="37" spans="1:9" ht="41.4" x14ac:dyDescent="0.3">
       <c r="A37" s="2">
         <v>31</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>11</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="E37" s="4" t="s">
         <v>19</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="G37" s="4" t="s">
         <v>26</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>15</v>
       </c>
       <c r="I37" s="4" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:9" ht="55.2" x14ac:dyDescent="0.3">
       <c r="A38" s="2">
         <v>32</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E38" s="4" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I38" s="4" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="39" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A39" s="2">
         <v>33</v>
       </c>
       <c r="B39" s="9" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C39" s="9" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D39" s="10">
         <v>45755</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F39" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I39" s="9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="40" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A40" s="2">
         <v>34</v>
       </c>
       <c r="B40" s="9" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D40" s="10">
         <v>45755</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F40" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I40" s="9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A41" s="2">
         <v>35</v>
       </c>
       <c r="B41" s="9" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D41" s="10">
         <v>45758</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F41" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I41" s="9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="42" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A42" s="2">
         <v>36</v>
       </c>
       <c r="B42" s="9" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C42" s="9" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="D42" s="10">
         <v>45769</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F42" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I42" s="9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="43" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A43" s="2">
         <v>37</v>
       </c>
       <c r="B43" s="9" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C43" s="9" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D43" s="10">
         <v>45769</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F43" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I43" s="9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="44" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A44" s="2">
         <v>38</v>
       </c>
       <c r="B44" s="9" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C44" s="9" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D44" s="10">
         <v>45827</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H44" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I44" s="9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="45" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A45" s="2">
         <v>39</v>
       </c>
       <c r="B45" s="9" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C45" s="9" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="D45" s="10">
         <v>45827</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F45" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I45" s="9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A46" s="2">
         <v>40</v>
       </c>
       <c r="B46" s="9" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C46" s="9" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="D46" s="10">
         <v>45831</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F46" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I46" s="9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A47" s="9" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="B47" s="9" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C47" s="9" t="s">
-        <v>50</v>
+        <v>39</v>
       </c>
       <c r="D47" s="10">
         <v>45831</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>19</v>
       </c>
       <c r="F47" s="9" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>13</v>
       </c>
       <c r="I47" s="9" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:9" ht="55.2" x14ac:dyDescent="0.3">
       <c r="A48" s="9" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="C48" s="4" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D48" s="10">
         <v>45735</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H48" s="2" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="I48" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:9" ht="55.2" x14ac:dyDescent="0.3">
       <c r="A49" s="9" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="C49" s="4" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D49" s="10">
         <v>45740</v>
       </c>
       <c r="E49" s="2" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H49" s="2" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="I49" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:9" ht="55.2" x14ac:dyDescent="0.3">
       <c r="A50" s="9" t="s">
-        <v>69</v>
+        <v>60</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>58</v>
+        <v>49</v>
       </c>
       <c r="C50" s="4" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="D50" s="10">
         <v>45748</v>
       </c>
       <c r="E50" s="2" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>60</v>
+        <v>51</v>
       </c>
       <c r="H50" s="2" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="I50" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A51" s="9" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="C51" s="4" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D51" s="10">
         <v>45749</v>
       </c>
       <c r="E51" s="2" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="H51" s="2" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="I51" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:9" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A52" s="9" t="s">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C52" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H52" s="2" t="s">
         <v>52</v>
-      </c>
-[...16 lines deleted...]
-        <v>61</v>
       </c>
       <c r="I52" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:9" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A53" s="9" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="C53" s="4" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="D53" s="10">
         <v>45468</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="G53" s="4" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="H53" s="2" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="I53" s="2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="C2:G3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="76" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>