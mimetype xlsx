--- v0 (2025-12-05)
+++ v1 (2026-03-16)
@@ -1,503 +1,409 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\3 -TRASPARENZA\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\2 -ANTICORRUZIONE\2026-2028\PERFORMANCE 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{AF0C4925-3601-49CF-A9FD-10CB9F7B706A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4AA13D8D-C560-4129-8501-95A21DCC4855}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B:$F</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$B$2:$F$49</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="174" uniqueCount="174">
   <si>
     <t>Misure urgenti per il rafforzamento della capacita' amministrativa delle pubbliche amministrazioni funzionale all'attuazione del Piano nazionale di ripresa e resilienza (PNRR) e per l'efficienza della giustizia. </t>
   </si>
   <si>
     <t>G.U.</t>
-  </si>
-[...1 lines deleted...]
-    <t>n.136 del 09-06-2021</t>
   </si>
   <si>
     <t xml:space="preserve">Decreto-Legge convertito con modificazioni dalla Legge 6 agosto 2021, n. 113 (in S.O. n. 28, relativo alla GU n.188 del 07-08-2021) </t>
   </si>
   <si>
     <t>DECRETO-LEGGE 6 maggio 2021, n. 59</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 1 luglio 2021, n. 101 (in G.U. 06/07/2021, n. 160)</t>
   </si>
   <si>
     <r>
       <t>Misure urgenti relative al Fondo complementare al</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t> Piano n</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF19191A"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>azionale di ripresa e resilienza e altre misure urgenti per gli investimenti.</t>
     </r>
   </si>
   <si>
-    <t>n.108 del 07-05-2021</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 31 maggio 2021, n. 77</t>
   </si>
   <si>
     <r>
       <t>Governance del </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Piano nazionale di ripresa e resilienza e prime misure di rafforzamento delle strutture amministrative e di accelerazione e snellimento delle procedure.</t>
     </r>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 29 luglio 2021, n. 108 (in S.O. n. 26, relativo alla G.U. 30/07/2021, n. 181)</t>
   </si>
   <si>
-    <t>n.129 del 31-05-2021</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 6 novembre 2021, n. 152</t>
   </si>
   <si>
     <t>Disposizioni urgenti per l'attuazione del Piano nazionale di ripresa e resilienza (PNRR) e per la prevenzione delle infiltrazioni mafiose</t>
   </si>
   <si>
     <t> 07/11/2021</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 29 dicembre 2021, n. 233 (in S.O. n. 48, relativo alla G.U. 31/12/2021, n. 310)</t>
   </si>
   <si>
-    <t> n.265 del 06-11-2021</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 9 giugno 2021, n. 80</t>
   </si>
   <si>
     <t>ESTREMI NORMATIVI</t>
   </si>
   <si>
     <t>OGGETTO</t>
   </si>
   <si>
     <t>ENTRATA IN VIGORE</t>
   </si>
   <si>
     <t>LEGGE DI CONVERSIONE</t>
   </si>
   <si>
     <t>DECRETO-LEGGE 17 marzo 2020, n. 18</t>
   </si>
   <si>
     <t>Misure di potenziamento del Servizio sanitario nazionale e di sostegno economico per famiglie, lavoratori e imprese connesse all'emergenza epidemiologica da COVID-19.</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 24 aprile 2020, n. 27 (in S.O. n. 16, relativo alla G.U. 29/04/2020, n. 110).</t>
   </si>
   <si>
-    <t> n.70 del 17-03-2020</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 16 luglio 2020, n. 76</t>
   </si>
   <si>
     <t>Misure urgenti per la semplificazione e l'innovazione digitale. </t>
   </si>
   <si>
     <t> 17/07/2020</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 11 settembre 2020, n. 120 (in S.O. n. 33, relativo alla G.U. 14/09/2020, n. 228)</t>
   </si>
   <si>
-    <t>n.178 del 16-07-2020 - Suppl. Ordinario n. 24</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 14 agosto 2020, n. 104</t>
   </si>
   <si>
     <t>Misure urgenti per il sostegno e il rilancio dell'economia.</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 13 ottobre 2020, n. 126 (in S.O. n. 37, relativo alla G.U. 13/10/2020, n. 253)</t>
   </si>
   <si>
-    <t>n.203 del 14-08-2020 - Suppl. Ordinario n. 30</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 25 maggio 2021, n. 73</t>
   </si>
   <si>
     <t>Misure urgenti connesse all'emergenza da COVID-19, per le imprese, il lavoro, i giovani, la salute e i servizi territoriali</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 23 luglio 2021, n. 106 (in S.O. n. 25, relativo alla G.U. 24/07/2021, n. 176)</t>
   </si>
   <si>
-    <t>n.123 del 25-05-2021</t>
-[...1 lines deleted...]
-  <si>
     <t>LEGGE 30 dicembre 2020, n. 178</t>
   </si>
   <si>
     <t>Bilancio di previsione dello Stato per l'anno finanziario 2021 e bilancio pluriennale per il triennio 2021-2023</t>
   </si>
   <si>
     <t> 01/01/2021, ad eccezione delle disposizioni di cui ai commi 412, 413, 722 dell'art. 1 che entrano in vigore il 30/12/2020.</t>
   </si>
   <si>
-    <t>n.322 del 30-12-2020 - Suppl. Ordinario n. 46</t>
-[...1 lines deleted...]
-  <si>
     <t>LEGGE 27 dicembre 2019, n. 160</t>
   </si>
   <si>
     <t>Bilancio di previsione dello Stato per l'anno finanziario 2020 e bilancio pluriennale per il triennio 2020-2022</t>
   </si>
   <si>
     <t>01/01/2020, ad eccezione delle disposizioni di cui ai commi 83, 367, 867, 868, 869, 870, 871, 872, 873, dell'art. 1 che entrano in vigore il 30/12/2019 e di cui al comma 736, dell'art. 1 che entrano in vigore il 31/12/2019</t>
   </si>
   <si>
-    <t>n.304 del 30-12-2019 - Suppl. Ordinario n. 45</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 18 aprile 2019, n. 32</t>
   </si>
   <si>
     <t>Disposizioni urgenti per il rilancio del settore dei contratti pubblici, per l'accelerazione degli interventi infrastrutturali, di rigenerazione urbana e di ricostruzione a seguito di eventi sismici.</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 14 giugno 2019, n. 55 (in G.U. 17/06/2019, n. 140)</t>
   </si>
   <si>
-    <t>n.92 del 18-04-2019</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO LEGISLATIVO 18 aprile 2016, n. 50</t>
   </si>
   <si>
-    <t>n.91 del 19-04-2016 - Suppl. Ordinario n. 10</t>
-[...1 lines deleted...]
-  <si>
     <t>Codice dei contratti pubblici</t>
   </si>
   <si>
     <t>DECRETO DEL PRESIDENTE DELLA REPUBBLICA 28 dicembre 2000, n. 445</t>
   </si>
   <si>
     <t>Testo unico delle disposizioni legislative e regolamentari in materia di documentazione amministrativa</t>
-  </si>
-[...1 lines deleted...]
-    <t>n.42 del 20-02-2001 - Suppl. Ordinario n. 30</t>
   </si>
   <si>
     <t>DECRETO-LEGGE 10 settembre 2021, n. 121</t>
   </si>
   <si>
     <r>
       <t>Disposizioni urgenti in materia di investimenti e sicurezza delle infrastrutture, dei trasporti e della circolazione stradale, per la funzionalita' del Ministero delle infrastrutture e della mobilita' sostenibili, del Consiglio superiore dei lavori pubblici e dell'Agenzia nazionale per la sicurezza </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF19191A"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>((delle ferrovie e)) delle infrastrutture stradali e autostradali. </t>
     </r>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 9 novembre 2021, n. 156 (in G.U. 09/11/2021, n. 267)</t>
   </si>
   <si>
-    <t>n.217 del 10-09-2021</t>
-[...1 lines deleted...]
-  <si>
     <t>LEGGE 30 dicembre 2021, n. 234</t>
   </si>
   <si>
     <t>Bilancio di previsione dello Stato per l'anno finanziario 2022 e bilancio pluriennale per il triennio 2022-2024. </t>
   </si>
   <si>
     <t> 01/01/2022, ad eccezione delle disposizioni di cui ai commi 10, 649, 650, 651, 652, 653, 654, 655, 656, 727 e 728 dell'art. 1 che entrano in vigore il 31/12/2021.</t>
   </si>
   <si>
-    <t>n.310 del 31-12-2021 - Suppl. Ordinario n. 49</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO LEGISLATIVO 8 aprile 2013, n. 39</t>
   </si>
   <si>
     <t>Disposizioni in materia di inconferibilita' e incompatibilita' di incarichi presso le pubbliche amministrazioni e presso gli enti privati in controllo pubblico, a norma dell'articolo 1, commi 49 e 50, della legge 6 novembre 2012, n. 190.</t>
   </si>
   <si>
-    <t> n.92 del 19-04-2013</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO LEGISLATIVO 14 marzo 2013, n. 33</t>
   </si>
   <si>
     <t>Riordino della disciplina riguardante il diritto di accesso civico e gli obblighi di pubblicita', trasparenza e diffusione di informazioni da parte delle pubbliche amministrazioni</t>
   </si>
   <si>
-    <t>n.80 del 05-04-2013</t>
-[...1 lines deleted...]
-  <si>
     <t>LEGGE 6 novembre 2012, n. 190</t>
   </si>
   <si>
     <t>Disposizioni per la prevenzione e la repressione della corruzione e dell'illegalita' nella pubblica amministrazione.</t>
-  </si>
-[...1 lines deleted...]
-    <t>n.265 del 13-11-2012</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO 30 giugno 2003, n. 196</t>
   </si>
   <si>
     <r>
       <t>Codice in materia di protezione dei dati personali </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF19191A"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>((, recante disposizioni per l'adeguamento dell'ordinamento nazionale al regolamento (UE) n. 2016/679 del Parlamento europeo e del Consiglio, del 27 aprile 2016, relativo alla protezione delle persone fisiche con riguardo al trattamento dei dati personali, nonche' alla libera circolazione di tali dati e che abroga la direttiva 95/46/CE))</t>
     </r>
   </si>
   <si>
     <t>1-1-2004, ad eccezione delle disposizioni di cui agli artt. 156, 176, commi 3, 4 ,5 e 6, e 182 che entrano in vigore il 30/7/2003; dalla medesima data si osservano altresi' i termini in materia di ricorsi di cui agli artt. 149, comma 8, e 150, comma 2.</t>
   </si>
   <si>
-    <t>n.174 del 29-07-2003 - Suppl. Ordinario n. 123</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO LEGISLATIVO 10 agosto 2018, n. 101</t>
   </si>
   <si>
     <t>Disposizioni per l'adeguamento della normativa nazionale alle disposizioni del regolamento (UE) 2016/679 del Parlamento europeo e del Consiglio, del 27 aprile 2016, relativo alla protezione delle persone fisiche con riguardo al trattamento dei dati personali, nonche' alla libera circolazione di tali dati e che abroga la direttiva 95/46/CE (regolamento generale sulla protezione dei dati).</t>
   </si>
   <si>
-    <t>n.205 del 04-09-2018</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 5 ottobre 1993, n. 400</t>
   </si>
   <si>
     <t>Disposizioni per la determinazione dei canoni relativi a concessioni demaniali marittime.</t>
   </si>
   <si>
     <t> 6/10/1993</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 04 dicembre 1993, n. 494 (in G.U. 04/12/1993, n.285)</t>
   </si>
   <si>
-    <t> n.234 del 05-10-1993</t>
-[...4 lines deleted...]
-  <si>
     <t>Nuove norme in materia di procedimento amministrativo e di diritto di accesso ai documenti amministrativi.</t>
   </si>
   <si>
-    <t>n.192 del 18-08-1990</t>
-[...1 lines deleted...]
-  <si>
     <t>Art. 5 Legge Regione Liguria nr. 12 marzo 2003, n. 9</t>
   </si>
   <si>
     <t>Procedure per l'approvazione regionale dei Piani regolatori portuali e dei progetti di interventi negli ambiti portuali.</t>
   </si>
   <si>
     <t>Bollettino Ufficiale n. 5 del 19 marzo 2003</t>
   </si>
   <si>
     <t>DECRETO-LEGGE 23 ottobre 2018, n. 119</t>
   </si>
   <si>
     <t>Disposizioni urgenti in materia fiscale e finanziaria. </t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 17 dicembre 2018, n. 136 (in G.U. 18/12/2018, n. 293)</t>
   </si>
   <si>
-    <t>n.247 del 23-10-2018</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 28 settembre 2018, n. 109</t>
   </si>
   <si>
     <t>Disposizioni urgenti per la citta' di Genova, la sicurezza della rete nazionale delle infrastrutture e dei trasporti, gli eventi sismici del 2016 e 2017, il lavoro e le altre emergenze.</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 16 novembre 2018, n. 130 (in S.O. n. 55, relativo alla G.U. 19/11/2018, n. 269)</t>
   </si>
   <si>
-    <t>n.226 del 28-09-2018</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO DEL PRESIDENTE DELLA REPUBBLICA 29 dicembre 2021, n. 235</t>
   </si>
   <si>
     <t>Regolamento recante disciplina dello Sportello unico doganale e dei controlli (S.U.Do.Co.)</t>
   </si>
   <si>
-    <t>n.310 del 31-12-2021</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 19 maggio 2020, n. 34</t>
   </si>
   <si>
     <t>Misure urgenti in materia di salute, sostegno al lavoro e all'economia, nonche' di politiche sociali connesse all'emergenza epidemiologica da COVID-19.</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 17 luglio 2020, n. 77 (in S.O. n. 25, relativo alla G.U. 18/07/2020, n. 180)</t>
   </si>
   <si>
-    <t>(GU n.128 del 19-05-2020 - Suppl. Ordinario n. 21)</t>
-[...1 lines deleted...]
-  <si>
     <t>LEGGE 5 agosto 2022, n. 108</t>
   </si>
   <si>
     <t xml:space="preserve">Conversione in legge, con modificazioni, del decreto-legge 16 giugno 2022, n. 68, recante disposizioni urgenti per la sicurezza e lo sviluppo delle infrastrutture, dei trasporti e della mobilita' sostenibile, nonche' in materia di grandi eventi e per la funzionalita' del Ministero delle infrastrutture e della mobilita' sostenibili. </t>
   </si>
   <si>
     <t>GU n.182 del 05-08-2022 - Suppl. Ordinario n. 29</t>
   </si>
   <si>
     <t>LEGGE 15 luglio 2022, n. 91</t>
   </si>
   <si>
     <t>Conversione in legge, con modificazioni, del decreto-legge 17 maggio 2022, n. 50, recante misure urgenti in materia di politiche energetiche nazionali, produttivita' delle imprese e attrazione degli investimenti, nonche' in materia di politiche sociali e di crisi ucraina.</t>
   </si>
   <si>
-    <t>(GU n.164 del 15-07-2022)</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 22 marzo 2021, n. 41</t>
   </si>
   <si>
     <t>Misure urgenti in materia di sostegno alle imprese e agli operatori economici, di lavoro, salute e servizi territoriali, connesse all'emergenza da COVID-19.</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 21 maggio 2021, n. 69 (in S.O. n. 21, relativo alla G.U. 21/05/2021, n. 120)</t>
   </si>
   <si>
-    <t>n.70 del 22-03-2021</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 27 gennaio 2022, n. 4</t>
   </si>
   <si>
     <t>Misure urgenti in materia di sostegno alle imprese e agli operatori economici, di lavoro, salute e servizi territoriali, connesse all'emergenza da COVID-19, nonche' per il contenimento degli effetti degli aumenti dei prezzi nel settore elettrico.</t>
   </si>
   <si>
     <t>Decreto-Legge convertito con modificazioni dalla L. 28 marzo 2022, n. 25 (in S.O. n. 13, relativo alla G.U. 28/03/2022, n. 73).</t>
   </si>
   <si>
-    <t>(GU n.21 del 27-01-2022)</t>
-[...1 lines deleted...]
-  <si>
     <t>DECRETO-LEGGE 9 agosto 2022, n. 115</t>
   </si>
   <si>
     <t>Misure urgenti in materia di energia, emergenza idrica, politiche sociali e industriali.</t>
-  </si>
-[...1 lines deleted...]
-    <t>(GU n.185 del 09-08-2022)</t>
   </si>
   <si>
     <t xml:space="preserve">Decisione (UE) 2021/1757 della Commissione del 4 dicembre 2020
 </t>
   </si>
   <si>
     <t>Decisione relativa al regime di aiuti  SA.38399 2019/C (ex 2018/E) cui l'Italia ha dato esecuzione - Tassazione dei porti in Italia</t>
   </si>
   <si>
     <t>Decisione (UE) 2022/2236 della Commissione Europea del 4 aprile 2022</t>
   </si>
   <si>
     <t>S.A. 102013 COVID-19: Port fees reimbursement for cruise ships docking in Italian ports</t>
   </si>
   <si>
     <t>C169 del 22-04-2022</t>
   </si>
   <si>
     <t>Bilancio di previsione dello Stato per l'anno finanziario 2023 e bilancio pluriennale per il triennio 2023-2025.</t>
   </si>
   <si>
     <t>01/01/2023, ad eccezione delle disposizioni di cui ai commi 160, 161, 162, 163, 164, 165, 544, 595, 596, 597, 598, 599, 600, 601, 602, 781, 782, 783, 784, 833, 894 e 895 dell'art. 1 che entrano in vigore il 29/12/2022.</t>
   </si>
   <si>
     <t>GU n. 303 del 29/12/2022 - Supl. Ordinario n. 49</t>
@@ -520,118 +426,265 @@
   <si>
     <t>GU n.63 del 15-03-2023</t>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO 31 Marzo 2023, n. 36</t>
   </si>
   <si>
     <t>Codice dei contratti pubblici in attuazione dell'articolo 1 della legge 21 giugno 2022, n. 78, recante delega al Governo in materia di contratti pubblici</t>
   </si>
   <si>
     <t>GU n.77 del 31-03-2023 - Suppl. Ordinario n. 12</t>
   </si>
   <si>
     <t>DECRETO DEL PRESIDENTE DELLA REPUBBLICA 13 Giugno 2023, n. 81</t>
   </si>
   <si>
     <t>GU n.150 del 29-06-2023</t>
   </si>
   <si>
     <t>LEGGE 30 Dicembre 2023, n. 213</t>
   </si>
   <si>
     <t>Bilancio di previsione dello Stato per l'anno finanziario 2024 e bilancio pluriennale per il triennio 2024-2026</t>
   </si>
   <si>
-    <t>(GU n.303 del 30-12-2023 - Suppl. Ordinario n. 40)</t>
-[...1 lines deleted...]
-  <si>
     <t>01/01/2024, ad eccezione delle disposizioni di cui al comma 296 che entrano in vigore il 30/12/2023</t>
   </si>
   <si>
     <t>Bilancio di previsione dello Stato per l'anno finanziario 2025 e bilancio pluriennale per il triennio 2025-2027</t>
   </si>
   <si>
     <t>01/01/2025, ad eccezione delle disposizioni di cui ai commi 125, 405 e 425 dell'art. 1 che entrano in vigore il 31/12/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>GU n.305 del 31-12-2024 - Suppl. Ordinario n. 43)</t>
   </si>
   <si>
     <t>LEGGE 30 dicembre 2024, n. 207</t>
   </si>
   <si>
     <r>
       <t>Regolamento concernente modifiche al </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>decreto del Presidente della Repubblica 16 aprile 2013, n. 62, recante: «</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Codice di comportamento dei dipendenti pubblici, a norma dell'articolo 54 del decreto legislativo 30 marzo 2001, n. 165</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>»</t>
     </r>
   </si>
   <si>
     <t>DECRETO LEGISLATIVO 31 dicembre 2024, n. 209</t>
   </si>
   <si>
     <t>Disposizioni integrative e correttive al codice dei contratti pubblici, di cui al decreto legislativo 31 marzo 2023, n. 36</t>
   </si>
   <si>
     <t>GU n.305 del 31-12-2024 - Suppl. Ordinario n. 45</t>
   </si>
   <si>
     <t xml:space="preserve"> LEGGE 29 dicembre 2022, n. 197 </t>
   </si>
+  <si>
+    <t>LEGGE 30 dicembre 2025, n. 199</t>
+  </si>
+  <si>
+    <t>Bilancio di previsione dello Stato per l'anno finanziario 2026 e bilancio pluriennale per il triennio 2026-2028</t>
+  </si>
+  <si>
+    <t>1/01/2026, ad eccezione delle disposizioni di cui ai commi 185, 186, 187, 188, 189, 190, 191, 192, 193, 335, 371, 397, 460 e 766, primo periodo dell'art. 1 che entrano in vigore il 30/12/2025.</t>
+  </si>
+  <si>
+    <t>GU Serie Generale n.301 del 30-12-2025 - Suppl. Ordinario n. 42</t>
+  </si>
+  <si>
+    <t>Misure urgenti in materia economica</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Decreto legge convertito con modificazioni dalla LEGGE 18 dicembre 2025, n. 191 </t>
+  </si>
+  <si>
+    <t>LEGGE 7 agosto 1990, n. 241 s.m.i.</t>
+  </si>
+  <si>
+    <t>DECRETO LEGISLATIVO  21 novembre 2007, n. 231 s.m.i.</t>
+  </si>
+  <si>
+    <t>Attuazione della direttiva 2005/60/CE concernente la prevenzione dell'utilizzo del sistema finanziario a scopo di riciclaggio dei proventi di attività criminose e di finanziamento del terrorismo nonchè della direttiva 2006/70/CE che ne reca misure di esecuzione.</t>
+  </si>
+  <si>
+    <t>GU n.310 del 31-12-2021 - Suppl. Ordinario n. 49</t>
+  </si>
+  <si>
+    <t>GU n.310 del 31-12-2021</t>
+  </si>
+  <si>
+    <t>GU n.265 del 06-11-2021</t>
+  </si>
+  <si>
+    <t>GU n.217 del 10-09-2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D.M. MIT n. 106 del 8 maggio 2025 </t>
+  </si>
+  <si>
+    <t>Modalità operative e le condizioni di accesso al Fondo di cui all'art.  26, comma 6-quater, del decreto-legge n. 50 del 17 maggio 2022, istituito nello stato di previsione del MIT</t>
+  </si>
+  <si>
+    <t>DECRETO-LEGGE 21 maggio 2025, n. 73</t>
+  </si>
+  <si>
+    <t>Misure urgenti per garantire la continuità nella realizzazione di infrastrutture strategiche e nella gestione di contratti pubblici, il corretto funzionamento del sistema di trasporti ferroviari e su strada, l'ordinata gestione del demanio portuale e marittimo, nonchè l'attuazione di indifferibili adempimenti connessi al Piano nazionale di ripresa e resilienza e alla partecipazione all'Unione europea in materia di infrastrutture e trasporti</t>
+  </si>
+  <si>
+    <t>Decreto-Legge convertito con modificazioni dalla L. 18 luglio 2025, n. 105</t>
+  </si>
+  <si>
+    <t>G.U. 19/07/2025, n. 166</t>
+  </si>
+  <si>
+    <t xml:space="preserve">GU. N. 125 del 31-05-2025 </t>
+  </si>
+  <si>
+    <t>GU n.136 del 09-06-2021</t>
+  </si>
+  <si>
+    <t>GU n.129 del 31-05-2021</t>
+  </si>
+  <si>
+    <t>GU n.123 del 25-05-2021</t>
+  </si>
+  <si>
+    <t>GU n.70 del 22-03-2021</t>
+  </si>
+  <si>
+    <t>GU n.108 del 07-05-2021</t>
+  </si>
+  <si>
+    <t>GU n.322 del 30-12-2020 - Suppl. Ordinario n. 46</t>
+  </si>
+  <si>
+    <t>GU n.203 del 14-08-2020 - Suppl. Ordinario n. 30</t>
+  </si>
+  <si>
+    <t>GU n.178 del 16-07-2020 - Suppl. Ordinario n. 24</t>
+  </si>
+  <si>
+    <t>GU n.128 del 19-05-2020 - Suppl. Ordinario n. 21</t>
+  </si>
+  <si>
+    <t>GU n.70 del 17-03-2020</t>
+  </si>
+  <si>
+    <t>GU n.304 del 30-12-2019 - Suppl. Ordinario n. 45</t>
+  </si>
+  <si>
+    <t>GU n.92 del 18-04-2019</t>
+  </si>
+  <si>
+    <t>GU n.226 del 28-09-2018</t>
+  </si>
+  <si>
+    <t>GU n.247 del 23-10-2018</t>
+  </si>
+  <si>
+    <t>GU n.205 del 04-09-2018</t>
+  </si>
+  <si>
+    <t>GU n.91 del 19-04-2016 - Suppl. Ordinario n. 10</t>
+  </si>
+  <si>
+    <t>GU n.92 del 19-04-2013</t>
+  </si>
+  <si>
+    <t>GU n.80 del 05-04-2013</t>
+  </si>
+  <si>
+    <t>GU n.265 del 13-11-2012</t>
+  </si>
+  <si>
+    <t>GU n.290 del 14-12-2007 - Suppl. Ordinario n. 268</t>
+  </si>
+  <si>
+    <t>GU n.174 del 29-07-2003 - Suppl. Ordinario n. 123</t>
+  </si>
+  <si>
+    <t>GU n.42 del 20-02-2001 - Suppl. Ordinario n. 30</t>
+  </si>
+  <si>
+    <t>GU n.192 del 18-08-1990</t>
+  </si>
+  <si>
+    <t>GU n.21 del 27-01-2022</t>
+  </si>
+  <si>
+    <t>GU  n.234 del 05-10-1993</t>
+  </si>
+  <si>
+    <t>GU n.252 del 29-10-2025</t>
+  </si>
+  <si>
+    <t>DECRETO-LEGGE 29 ottobre 2025, n. 156</t>
+  </si>
+  <si>
+    <t>GU n.164 del 15-07-2022</t>
+  </si>
+  <si>
+    <t>GU n.185 del 09-08-2022</t>
+  </si>
+  <si>
+    <t>GU n.303 del 30-12-2023 - Suppl. Ordinario n. 40</t>
+  </si>
+  <si>
+    <t>GU n.305 del 31-12-2024 - Suppl. Ordinario n. 43</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="9" x14ac:knownFonts="1">
+  <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -653,169 +706,229 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="12"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF19191A"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="4" tint="-0.249977111117893"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="justify"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="justify"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="10" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Collegamento ipertestuale" xfId="1" builtinId="8"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -1057,844 +1170,935 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2019-12-30&amp;atto.codiceRedazionale=19G00165&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=10486e03-6125-44f0-943f-ea60c0e10361&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-05-25&amp;atto.codiceRedazionale=21G00084&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=5a71df71-7751-4542-9432-ae1519379007&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2013-04-05&amp;atto.codiceRedazionale=13G00076&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=4f6c4248-5b4b-4050-ae44-542a6a8d8f49&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2003/07/29/174/so/123/sg/pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/12/31/310/sg/pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2022-07-15&amp;atto.codiceRedazionale=22G00104&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=30e052f4-2aba-48be-b9ca-1e453e21d78d&amp;tabID=0.6595008462275158&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2024/12/31/305/so/43/sg/pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2023;024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2020/07/16/178/so/24/sg/pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-06-09&amp;atto.codiceRedazionale=21G00093&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=46c1d155-64e2-43dc-9522-fecd95723ae5&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2016/04/19/91/so/10/sg/pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-11-09&amp;atto.codiceRedazionale=21G00170&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=bd170a65-52a9-4b07-b23a-f66d962daf4d&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=1990-08-18&amp;atto.codiceRedazionale=090G0294&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=78054f41-a389-46b9-b389-18710386a48f&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2018-12-18&amp;atto.codiceRedazionale=18G00162&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=29dc3e64-6462-4459-8743-da1c0f1d1773&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\pozzo\AppData\Local\Desktop\Monitoraggio%20TRASPARENZA\Allegato%206%20PIAO\CELEX_32021D1757_IT_TXT%20(002).pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2022/09/07/209/sg/pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-07-06&amp;atto.codiceRedazionale=21G00111&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=05605bad-bfbc-427a-89bd-281564a7bf0d&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/eli/id/2024/12/31/24G00231/ORIGINAL" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/05/25/123/sg/pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2019/12/30/304/so/45/sg/pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2013/04/05/80/sg/pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2018-09-04&amp;atto.codiceRedazionale=18G00129&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=edf5f1a9-90ce-4635-8501-baf87b466a1c&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legge:2020;34" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legge:2021-03-22;41" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-07-30&amp;atto.codiceRedazionale=21G00118&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=71c64a2c-15dc-4282-8f6f-8fd539e7b3af&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/1993/10/05/234/sg/pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2022-08-09&amp;atto.codiceRedazionale=22G00128&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=349d2394-bb2f-4dba-91df-c720a1915a84&amp;tabID=0.8483741487860326&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2023/03/15/63/sg/pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2024;207" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/05/07/108/sg/pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2020/03/17/70/sg/pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-09-14&amp;atto.codiceRedazionale=20G00139&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=5f8b3064-b100-4428-96e7-e2dfc73d5225&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2020/12/30/322/so/46/sg/pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2001-02-20&amp;atto.codiceRedazionale=001G0049&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=0aec4d0e-cb09-42b0-8d08-3d71cdd4c3dd&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-12-31&amp;atto.codiceRedazionale=21G00256&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=38901c86-2c7e-4902-8cea-3f7c834c530c&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2003-07-29&amp;atto.codiceRedazionale=003G0218&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=ce625e00-a9f8-4977-b578-2c5f82ca5764&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2018-09-28&amp;atto.codiceRedazionale=18G00137&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=7b7e61c9-53c9-42e4-8dcd-950389e48b4b&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2022-08-05;108" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-10-13&amp;atto.codiceRedazionale=20G00145&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=de2aaae2-cbaf-4776-9ab8-8b49104c1d1f&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2013/04/19/92/sg/pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/1990/08/18/192/sg/pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-12-31&amp;atto.codiceRedazionale=21G00259&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=f906ed5f-17ae-4fa4-8265-7710264c7485&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2021-05-21;69" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\pozzo\AppData\Local\Desktop\Monitoraggio%20TRASPARENZA\Allegato%206%20PIAO\SA_102013_A03DFF7F-0000-CF6B-9793-7F61A6561C59_33_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2023/12/30/303/so/40/sg/pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2023;036" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2024/12/31/305/so/45/sg/pdf" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/06/09/136/sg/pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/05/31/129/sg/pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-07-16&amp;atto.codiceRedazionale=20G00096&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=214a9612-e938-4edd-bb3a-0a345195c854&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-07-24&amp;atto.codiceRedazionale=21G00116&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=f2fe6bf3-034d-456c-9b8e-7078625d90b5&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2019-04-18&amp;atto.codiceRedazionale=19G00040&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=c861ca31-40bb-49d7-a33a-be8c968d5da6&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/09/10/217/sg/pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2018/09/04/205/sg/pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2018/10/23/247/sg/pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-12-31&amp;atto.codiceRedazionale=21G00257&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=5f781f8e-1d27-4db6-8504-8b667d332343&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2016-04-19&amp;atto.codiceRedazionale=16G00062&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=9b040e2d-23c1-4ce7-8fcb-4bd449ad6046&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2012-11-13&amp;atto.codiceRedazionale=012G0213&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=a4d0133e-6ff3-4673-8a70-d8dbf3af39d4&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=1993-12-04&amp;atto.codiceRedazionale=093G0574&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=c9e4cb28-e8f0-48ce-a4d9-536bcf18d94b&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2018/09/28/226/sg/pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-07-18&amp;atto.codiceRedazionale=20G00095&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=7a90f0c5-05e8-4f91-961e-5a8f675ebe8a&amp;tabID=0.21189394074643642&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2022/08/09/185/sg/pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2022-09-07&amp;atto.codiceRedazionale=22G00147&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=8efc85e3-853f-4e09-94a8-702bd42abfab&amp;tabID=0.40802714243980853&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2023/03/31/77/so/12/sg/pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.del.presidente.della.repubblica:2023-06-13;81" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-05-07&amp;atto.codiceRedazionale=21G00070&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=fd9eff53-7579-445f-b07e-6673eb938496&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/11/06/265/sg/pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\pozzo\AppData\Local\Desktop\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\KDWSMPZA\n.70%20del%2017-03-2020" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-08-14&amp;atto.codiceRedazionale=20G00122&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=e67221cf-49c2-446b-a78c-9989bf61d137&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/12/31/310/so/49/sg/pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2001/02/20/42/so/30/sg/pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=1993-10-05&amp;atto.codiceRedazionale=093G0474&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=16e4b661-b3f0-491b-a632-25b24e67ab5f&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lrv.regione.liguria.it/liguriass_prod/articolo?urndoc=urn:nir:regione.liguria:legge:2003-03-12;9&amp;pr=idx,0;artic,0;articparziale,1&amp;anc=art5-com2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\pozzo\AppData\Local\Desktop\Monitoraggio%20TRASPARENZA\Allegato%206%20PIAO\OJ_C_2022_169_FULL_IT_TXT.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-05-31&amp;atto.codiceRedazionale=21G00087&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=9865c68c-4f75-4a2a-b3bd-b640c97b7a01&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2022-03-28;25" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2022-12-29;197" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-08-07&amp;atto.codiceRedazionale=21G00124&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=e68d76b4-c36f-49c0-81d2-ae33194ecd2a&amp;tabID=0.953976357938507&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2019/04/18/92/sg/pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-12-30&amp;atto.codiceRedazionale=20G00202&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=b9f8f010-f9cc-4062-8418-ef598088b61e&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2013-04-19&amp;atto.codiceRedazionale=13G00081&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=8f7fe017-b4f8-448f-afe9-dbde4ec8ed53&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2012/11/13/265/sg/pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2020/05/19/128/so/21/sg/pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2023-12-30;213" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2018-11-19&amp;atto.codiceRedazionale=18G00157&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=0078fa23-15d0-49ff-8416-ef3ac809671c&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2023/06/29/150/sg/pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2020/08/14/203/so/30/sg/pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-04-29&amp;atto.codiceRedazionale=20G00045&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=16db0178-08b1-4e0d-93e1-90264ebac526&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2019-06-17&amp;atto.codiceRedazionale=19G00062&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=50f88c4e-afce-4df1-91c9-2ddf849456b9&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-09-10&amp;atto.codiceRedazionale=21G00133&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=82b43cf1-74dd-4ce2-bbf7-3bfe6977c28b&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2018-10-23&amp;atto.codiceRedazionale=18G00151&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=16d5a3ae-7771-4a72-b6c1-8e9b300df12a&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2022/12/29/303/so/43/sg/pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2019-12-30&amp;atto.codiceRedazionale=19G00165&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=10486e03-6125-44f0-943f-ea60c0e10361&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-05-25&amp;atto.codiceRedazionale=21G00084&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=5a71df71-7751-4542-9432-ae1519379007&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2013-04-05&amp;atto.codiceRedazionale=13G00076&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=4f6c4248-5b4b-4050-ae44-542a6a8d8f49&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2003/07/29/174/so/123/sg/pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/12/31/310/sg/pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2022-07-15&amp;atto.codiceRedazionale=22G00104&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=30e052f4-2aba-48be-b9ca-1e453e21d78d&amp;tabID=0.6595008462275158&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2024/12/31/305/so/43/sg/pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2023;024" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2020/07/16/178/so/24/sg/pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-06-09&amp;atto.codiceRedazionale=21G00093&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=46c1d155-64e2-43dc-9522-fecd95723ae5&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2016/04/19/91/so/10/sg/pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-11-09&amp;atto.codiceRedazionale=21G00170&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=bd170a65-52a9-4b07-b23a-f66d962daf4d&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=1990-08-18&amp;atto.codiceRedazionale=090G0294&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=78054f41-a389-46b9-b389-18710386a48f&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2018-12-18&amp;atto.codiceRedazionale=18G00162&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=29dc3e64-6462-4459-8743-da1c0f1d1773&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/IT/TXT/PDF/?uri=CELEX:32021D1757" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2022/09/07/209/sg/pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2022/03/28/73/so/13/sg/pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-07-06&amp;atto.codiceRedazionale=21G00111&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=05605bad-bfbc-427a-89bd-281564a7bf0d&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/eli/id/2024/12/31/24G00231/ORIGINAL" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2007/12/14/290/so/268/sg/pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/05/25/123/sg/pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2019/12/30/304/so/45/sg/pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2013/04/05/80/sg/pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2018-09-04&amp;atto.codiceRedazionale=18G00129&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=edf5f1a9-90ce-4635-8501-baf87b466a1c&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legge:2020;34" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legge:2021-03-22;41" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2023/03/15/63/sg/pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2024;207" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2020/03/17/70/sg/pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-09-14&amp;atto.codiceRedazionale=20G00139&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=5f8b3064-b100-4428-96e7-e2dfc73d5225&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2020/12/30/322/so/46/sg/pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2001-02-20&amp;atto.codiceRedazionale=001G0049&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=0aec4d0e-cb09-42b0-8d08-3d71cdd4c3dd&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-12-31&amp;atto.codiceRedazionale=21G00256&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=38901c86-2c7e-4902-8cea-3f7c834c530c&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2003-07-29&amp;atto.codiceRedazionale=003G0218&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=ce625e00-a9f8-4977-b578-2c5f82ca5764&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2018-09-28&amp;atto.codiceRedazionale=18G00137&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=7b7e61c9-53c9-42e4-8dcd-950389e48b4b&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2022-08-05;108" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2022/08/05/182/so/29/sg/pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-10-13&amp;atto.codiceRedazionale=20G00145&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=de2aaae2-cbaf-4776-9ab8-8b49104c1d1f&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2013/04/19/92/sg/pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/1990/08/18/192/sg/pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-12-31&amp;atto.codiceRedazionale=21G00259&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=f906ed5f-17ae-4fa4-8265-7710264c7485&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2021-05-21;69" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\pozzo\AppData\Local\Desktop\Monitoraggio%20TRASPARENZA\Allegato%206%20PIAO\SA_102013_A03DFF7F-0000-CF6B-9793-7F61A6561C59_33_1.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2023/12/30/303/so/40/sg/pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legislativo:2023;036" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2024/12/31/305/so/45/sg/pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legge:2025-05-21;73" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/06/09/136/sg/pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/05/31/129/sg/pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-07-16&amp;atto.codiceRedazionale=20G00096&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=214a9612-e938-4edd-bb3a-0a345195c854&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-07-24&amp;atto.codiceRedazionale=21G00116&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=f2fe6bf3-034d-456c-9b8e-7078625d90b5&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2019-04-18&amp;atto.codiceRedazionale=19G00040&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=c861ca31-40bb-49d7-a33a-be8c968d5da6&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/09/10/217/sg/pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2018/09/04/205/sg/pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2018/10/23/247/sg/pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-12-31&amp;atto.codiceRedazionale=21G00257&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=5f781f8e-1d27-4db6-8504-8b667d332343&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2016-04-19&amp;atto.codiceRedazionale=16G00062&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=9b040e2d-23c1-4ce7-8fcb-4bd449ad6046&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2012-11-13&amp;atto.codiceRedazionale=012G0213&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=a4d0133e-6ff3-4673-8a70-d8dbf3af39d4&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=1993-12-04&amp;atto.codiceRedazionale=093G0574&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=c9e4cb28-e8f0-48ce-a4d9-536bcf18d94b&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2018/09/28/226/sg/pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-07-18&amp;atto.codiceRedazionale=20G00095&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=7a90f0c5-05e8-4f91-961e-5a8f675ebe8a&amp;tabID=0.21189394074643642&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2022/08/09/185/sg/pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2022-09-07&amp;atto.codiceRedazionale=22G00147&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=8efc85e3-853f-4e09-94a8-702bd42abfab&amp;tabID=0.40802714243980853&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2023/03/31/77/so/12/sg/pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.del.presidente.della.repubblica:2023-06-13;81" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2025/12/30/301/so/42/sg/pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2025/05/31/125/sg/pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:decreto.legge:2025-10-29;156" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-05-07&amp;atto.codiceRedazionale=21G00070&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=fd9eff53-7579-445f-b07e-6673eb938496&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/11/06/265/sg/pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\pozzo\AppData\Local\Desktop\AppData\Local\Microsoft\Windows\INetCache\Content.Outlook\KDWSMPZA\n.70%20del%2017-03-2020" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-08-14&amp;atto.codiceRedazionale=20G00122&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=e67221cf-49c2-446b-a78c-9989bf61d137&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/12/31/310/so/49/sg/pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2001/02/20/42/so/30/sg/pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=1993-10-05&amp;atto.codiceRedazionale=093G0474&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=16e4b661-b3f0-491b-a632-25b24e67ab5f&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lrv.regione.liguria.it/liguriass_prod/articolo?urndoc=urn:nir:regione.liguria:legge:2003-03-12;9&amp;pr=idx,0;artic,0;articparziale,1&amp;anc=art5-com2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\Users\pozzo\AppData\Local\Desktop\Monitoraggio%20TRASPARENZA\Allegato%206%20PIAO\OJ_C_2022_169_FULL_IT_TXT.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2025/10/29/252/sg/pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-05-31&amp;atto.codiceRedazionale=21G00087&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=9865c68c-4f75-4a2a-b3bd-b640c97b7a01&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2022-03-28;25" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2022-12-29;197" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-08-07&amp;atto.codiceRedazionale=21G00124&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=e68d76b4-c36f-49c0-81d2-ae33194ecd2a&amp;tabID=0.953976357938507&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2019/04/18/92/sg/pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-12-30&amp;atto.codiceRedazionale=20G00202&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=b9f8f010-f9cc-4062-8418-ef598088b61e&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2013-04-19&amp;atto.codiceRedazionale=13G00081&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=8f7fe017-b4f8-448f-afe9-dbde4ec8ed53&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2012/11/13/265/sg/pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2020/05/19/128/so/21/sg/pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2023-12-30;213" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2018-11-19&amp;atto.codiceRedazionale=18G00157&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=0078fa23-15d0-49ff-8416-ef3ac809671c&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2023/06/29/150/sg/pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2020/08/14/203/so/30/sg/pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2020-04-29&amp;atto.codiceRedazionale=20G00045&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=16db0178-08b1-4e0d-93e1-90264ebac526&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2019-06-17&amp;atto.codiceRedazionale=19G00062&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=50f88c4e-afce-4df1-91c9-2ddf849456b9&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-09-10&amp;atto.codiceRedazionale=21G00133&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=82b43cf1-74dd-4ce2-bbf7-3bfe6977c28b&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2018-10-23&amp;atto.codiceRedazionale=18G00151&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=16d5a3ae-7771-4a72-b6c1-8e9b300df12a&amp;tabID=0.6639900631822828&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2022/12/29/303/so/43/sg/pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gazzettaufficiale.it/eli/gu/2025/05/21/116/sg/pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2021-07-30&amp;atto.codiceRedazionale=21G00118&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=71c64a2c-15dc-4282-8f6f-8fd539e7b3af&amp;tabID=0.07863570096872285&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/1993/10/05/234/sg/pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/atto/caricaDettaglioAtto?atto.dataPubblicazioneGazzetta=2022-08-09&amp;atto.codiceRedazionale=22G00128&amp;atto.articolo.numero=0&amp;atto.articolo.sottoArticolo=1&amp;atto.articolo.sottoArticolo1=10&amp;qId=349d2394-bb2f-4dba-91df-c720a1915a84&amp;tabID=0.8483741487860326&amp;title=lbl.dettaglioAtto" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.normattiva.it/uri-res/N2Ls?urn:nir:stato:legge:2025-12-30;199" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mit.gov.it/nfsmitgov/files/media/normativa/2025-06/m_inf.A866FAA.REG_DECRETI_R_.0000106.08-05-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gazzettaufficiale.it/eli/gu/2021/05/07/108/sg/pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:F44"/>
+  <dimension ref="B1:F49"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E9" sqref="E9"/>
+    <sheetView tabSelected="1" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+      <selection activeCell="J5" sqref="J5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.7265625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="1.1796875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="29.81640625" style="9" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="16384" width="8.7265625" style="1"/>
+    <col min="2" max="2" width="49.81640625" style="9" customWidth="1"/>
+    <col min="3" max="3" width="43.453125" style="9" customWidth="1"/>
+    <col min="4" max="4" width="34" style="16" customWidth="1"/>
+    <col min="5" max="5" width="38.90625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="42" style="9" customWidth="1"/>
+    <col min="7" max="7" width="11.7265625" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="8.7265625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:6" ht="9.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
-[...13 lines deleted...]
-      <c r="F2" s="2" t="s">
+    <row r="1" spans="2:6" ht="9.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
+    <row r="2" spans="2:6" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B2" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="C2" s="32" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="34" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="2:6" ht="45.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-[...6 lines deleted...]
-      <c r="D3" s="8">
+    <row r="3" spans="2:6" ht="96.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="25" t="s">
+        <v>123</v>
+      </c>
+      <c r="C3" s="26" t="s">
+        <v>124</v>
+      </c>
+      <c r="D3" s="26" t="s">
+        <v>125</v>
+      </c>
+      <c r="E3" s="27"/>
+      <c r="F3" s="28" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="4" spans="2:6" ht="96.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B4" s="25" t="s">
+        <v>169</v>
+      </c>
+      <c r="C4" s="26" t="s">
+        <v>127</v>
+      </c>
+      <c r="D4" s="29">
+        <v>45960</v>
+      </c>
+      <c r="E4" s="30" t="s">
+        <v>128</v>
+      </c>
+      <c r="F4" s="28" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="5" spans="2:6" ht="172.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="15" t="s">
+        <v>138</v>
+      </c>
+      <c r="C5" s="26" t="s">
+        <v>139</v>
+      </c>
+      <c r="D5" s="29">
+        <v>45798</v>
+      </c>
+      <c r="E5" s="30" t="s">
+        <v>140</v>
+      </c>
+      <c r="F5" s="15" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="6" spans="2:6" ht="172.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B6" s="31" t="s">
+        <v>136</v>
+      </c>
+      <c r="C6" s="26" t="s">
+        <v>137</v>
+      </c>
+      <c r="D6" s="29">
+        <v>45808</v>
+      </c>
+      <c r="E6" s="27"/>
+      <c r="F6" s="28" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="7" spans="2:6" ht="45.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="12" t="s">
+        <v>119</v>
+      </c>
+      <c r="C7" s="14" t="s">
+        <v>120</v>
+      </c>
+      <c r="D7" s="8">
         <v>45657</v>
       </c>
-      <c r="E3" s="2"/>
-[...41 lines deleted...]
-      <c r="D6" s="8">
+      <c r="E7" s="2"/>
+      <c r="F7" s="22" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="8" spans="2:6" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B8" s="12" t="s">
+        <v>117</v>
+      </c>
+      <c r="C8" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="E8" s="2"/>
+      <c r="F8" s="11" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="9" spans="2:6" ht="63.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="21" t="s">
+        <v>112</v>
+      </c>
+      <c r="C9" s="14" t="s">
+        <v>113</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="E9" s="2"/>
+      <c r="F9" s="11" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="10" spans="2:6" ht="87.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B10" s="20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C10" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D10" s="8">
         <v>45121</v>
       </c>
-      <c r="E6" s="2"/>
-[...11 lines deleted...]
-      <c r="D7" s="8">
+      <c r="E10" s="2"/>
+      <c r="F10" s="11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="11" spans="2:6" ht="58.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C11" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D11" s="8">
         <v>45383</v>
       </c>
-      <c r="E7" s="2"/>
-[...11 lines deleted...]
-      <c r="D8" s="8">
+      <c r="E11" s="2"/>
+      <c r="F11" s="12" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="12" spans="2:6" ht="102" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B12" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" s="14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" s="8">
         <v>45015</v>
       </c>
-      <c r="E8" s="2"/>
-[...23 lines deleted...]
-      <c r="C10" s="15" t="s">
+      <c r="E12" s="2"/>
+      <c r="F12" s="12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13" spans="2:6" ht="108" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="23" t="s">
         <v>122</v>
       </c>
-      <c r="D10" s="8">
+      <c r="C13" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="D13" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" s="4"/>
+      <c r="F13" s="12" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14" spans="2:6" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="12" t="s">
+        <v>91</v>
+      </c>
+      <c r="C14" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="D14" s="8">
         <v>44783</v>
       </c>
-      <c r="E10" s="2"/>
-[...56 lines deleted...]
-      <c r="D14" s="8"/>
       <c r="E14" s="2"/>
-      <c r="F14" s="13" t="s">
-        <v>128</v>
+      <c r="F14" s="12" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="15" spans="2:6" ht="102" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B15" s="13" t="s">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>80</v>
+      </c>
+      <c r="C15" s="14" t="s">
+        <v>81</v>
       </c>
       <c r="D15" s="8">
+        <v>44810</v>
+      </c>
+      <c r="E15" s="2"/>
+      <c r="F15" s="12" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="16" spans="2:6" ht="87.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" s="8">
+        <v>44758</v>
+      </c>
+      <c r="E16" s="2"/>
+      <c r="F16" s="12" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="17" spans="2:6" ht="56.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C17" s="14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D17" s="8">
+        <v>44826</v>
+      </c>
+      <c r="E17" s="2"/>
+      <c r="F17" s="12" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="18" spans="2:6" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="15" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" s="8"/>
+      <c r="E18" s="2"/>
+      <c r="F18" s="12" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="19" spans="2:6" ht="87.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C19" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="D19" s="8">
         <v>44588</v>
       </c>
-      <c r="E15" s="3" t="s">
-[...7 lines deleted...]
-      <c r="B16" s="13" t="s">
+      <c r="E19" s="3" t="s">
+        <v>90</v>
+      </c>
+      <c r="F19" s="12" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="20" spans="2:6" ht="73" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="12" t="s">
+        <v>47</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>48</v>
+      </c>
+      <c r="D20" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="E20" s="5"/>
+      <c r="F20" s="24" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21" spans="2:6" ht="29.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C21" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" s="17">
+        <v>44576</v>
+      </c>
+      <c r="E21" s="5"/>
+      <c r="F21" s="24" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="22" spans="2:6" ht="44" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F22" s="24" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="23" spans="2:6" ht="116.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="12" t="s">
+        <v>44</v>
+      </c>
+      <c r="C23" s="14" t="s">
+        <v>45</v>
+      </c>
+      <c r="D23" s="17">
+        <v>44450</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F23" s="24" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="24" spans="2:6" ht="73" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" s="14" t="s">
+        <v>0</v>
+      </c>
+      <c r="D24" s="17">
+        <v>44357</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="F24" s="24" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="25" spans="2:6" ht="58.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C25" s="14" t="s">
+        <v>7</v>
+      </c>
+      <c r="D25" s="17">
+        <v>44348</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="F25" s="24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="26" spans="2:6" ht="73" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C26" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="D26" s="17">
+        <v>44342</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="F26" s="24" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="27" spans="2:6" ht="73" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C27" s="14" t="s">
+        <v>86</v>
+      </c>
+      <c r="D27" s="17">
+        <v>44278</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F27" s="24" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="28" spans="2:6" ht="44" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B28" s="12" t="s">
+        <v>3</v>
+      </c>
+      <c r="C28" s="14" t="s">
+        <v>5</v>
+      </c>
+      <c r="D28" s="17">
+        <v>44324</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="F28" s="24" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="29" spans="2:6" ht="58.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="C29" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" s="18" t="s">
+        <v>33</v>
+      </c>
+      <c r="E29" s="6"/>
+      <c r="F29" s="24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="30" spans="2:6" ht="55.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C30" s="14" t="s">
+        <v>94</v>
+      </c>
+      <c r="D30" s="18"/>
+      <c r="E30" s="6"/>
+      <c r="F30" s="24"/>
+    </row>
+    <row r="31" spans="2:6" ht="73" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="12" t="s">
+        <v>25</v>
+      </c>
+      <c r="C31" s="14" t="s">
+        <v>26</v>
+      </c>
+      <c r="D31" s="17">
+        <v>44058</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="F31" s="24" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="32" spans="2:6" ht="81.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="12" t="s">
+        <v>21</v>
+      </c>
+      <c r="C32" s="14" t="s">
+        <v>22</v>
+      </c>
+      <c r="D32" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="24" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="33" spans="2:6" ht="73" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C33" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D33" s="17">
+        <v>43970</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="F33" s="24" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="34" spans="2:6" ht="58.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="C34" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="D34" s="17">
+        <v>43907</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" s="24" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="35" spans="2:6" ht="102" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="12" t="s">
+        <v>34</v>
+      </c>
+      <c r="C35" s="14" t="s">
+        <v>35</v>
+      </c>
+      <c r="D35" s="18" t="s">
+        <v>36</v>
+      </c>
+      <c r="E35" s="7"/>
+      <c r="F35" s="24" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="36" spans="2:6" ht="58.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B36" s="12" t="s">
+        <v>37</v>
+      </c>
+      <c r="C36" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D36" s="18">
+        <v>43574</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F36" s="24" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="37" spans="2:6" ht="44" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B37" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="D37" s="18">
+        <v>43397</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="F37" s="24" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="38" spans="2:6" ht="73" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B38" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C38" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="D38" s="18">
+        <v>43372</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="F38" s="24" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="39" spans="2:6" ht="116.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B39" s="12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C39" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D39" s="18">
+        <v>43362</v>
+      </c>
+      <c r="E39" s="6"/>
+      <c r="F39" s="24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="40" spans="2:6" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B40" s="12" t="s">
+        <v>40</v>
+      </c>
+      <c r="C40" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D40" s="18">
+        <v>42479</v>
+      </c>
+      <c r="E40" s="7"/>
+      <c r="F40" s="24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="41" spans="2:6" ht="73" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B41" s="12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C41" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="D41" s="18">
+        <v>41398</v>
+      </c>
+      <c r="E41" s="7"/>
+      <c r="F41" s="24" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="42" spans="2:6" ht="58.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B42" s="12" t="s">
+        <v>52</v>
+      </c>
+      <c r="C42" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="D42" s="18">
+        <v>41384</v>
+      </c>
+      <c r="E42" s="7"/>
+      <c r="F42" s="24" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="43" spans="2:6" ht="44" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B43" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="C43" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="D43" s="18">
+        <v>41241</v>
+      </c>
+      <c r="E43" s="7"/>
+      <c r="F43" s="24" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="44" spans="2:6" ht="87.5" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B44" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="C44" s="14" t="s">
+        <v>131</v>
+      </c>
+      <c r="D44" s="18">
+        <v>39445</v>
+      </c>
+      <c r="E44" s="7"/>
+      <c r="F44" s="24" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="45" spans="2:6" ht="131" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B45" s="12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C45" s="14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D45" s="18" t="s">
+        <v>58</v>
+      </c>
+      <c r="E45" s="7"/>
+      <c r="F45" s="12" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="46" spans="2:6" ht="44" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B46" s="12" t="s">
+        <v>42</v>
+      </c>
+      <c r="C46" s="14" t="s">
+        <v>43</v>
+      </c>
+      <c r="D46" s="18">
+        <v>36957</v>
+      </c>
+      <c r="E46" s="7"/>
+      <c r="F46" s="12" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="47" spans="2:6" ht="44" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B47" s="12" t="s">
         <v>61</v>
       </c>
-      <c r="C16" s="15" t="s">
+      <c r="C47" s="14" t="s">
         <v>62</v>
       </c>
-      <c r="D16" s="15" t="s">
+      <c r="D47" s="18" t="s">
         <v>63</v>
       </c>
-      <c r="E16" s="5"/>
-      <c r="F16" s="13" t="s">
+      <c r="E47" s="6" t="s">
         <v>64</v>
       </c>
-    </row>
-[...325 lines deleted...]
-      <c r="B37" s="13" t="s">
+      <c r="F47" s="13" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="48" spans="2:6" ht="44" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B48" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="C48" s="14" t="s">
         <v>65</v>
       </c>
-      <c r="C37" s="15" t="s">
+      <c r="D48" s="19">
+        <v>33118</v>
+      </c>
+      <c r="E48" s="7"/>
+      <c r="F48" s="13" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="49" spans="2:6" ht="69" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B49" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="D37" s="20">
-[...3 lines deleted...]
-      <c r="F37" s="14" t="s">
+      <c r="C49" s="14" t="s">
         <v>67</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B38" s="13" t="s">
+      <c r="D49" s="19"/>
+      <c r="E49" s="7"/>
+      <c r="F49" s="14" t="s">
         <v>68</v>
-      </c>
-[...98 lines deleted...]
-        <v>91</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="F20" r:id="rId1" display="http://www.gazzettaufficiale.it/eli/gu/2021/06/09/136/sg/pdf" xr:uid="{6F8EC35C-AB95-42A3-9973-321FD8741E82}"/>
-[...90 lines deleted...]
-    <hyperlink ref="B9" r:id="rId92" xr:uid="{E5A77F5C-881A-4CA1-8CF3-6A0A472EBA1D}"/>
+    <hyperlink ref="F24" r:id="rId1" display="http://www.gazzettaufficiale.it/eli/gu/2021/06/09/136/sg/pdf" xr:uid="{6F8EC35C-AB95-42A3-9973-321FD8741E82}"/>
+    <hyperlink ref="E24" r:id="rId2" xr:uid="{4C626858-4B5A-4F71-8ABA-3B77D67D5084}"/>
+    <hyperlink ref="F28" r:id="rId3" display="http://www.gazzettaufficiale.it/eli/gu/2021/05/07/108/sg/pdf" xr:uid="{1907C68D-7CBA-46E4-9CA9-6E7908079BAB}"/>
+    <hyperlink ref="B28" r:id="rId4" xr:uid="{475E44E7-384B-46C1-8C62-D940EF2DCB83}"/>
+    <hyperlink ref="E28" r:id="rId5" xr:uid="{DB867A05-6DC6-401D-BD00-1F4EC4D2685D}"/>
+    <hyperlink ref="F25" r:id="rId6" display="http://www.gazzettaufficiale.it/eli/gu/2021/05/31/129/sg/pdf" xr:uid="{35F9C49A-D9EF-425F-BA4C-9926AD54D0B8}"/>
+    <hyperlink ref="B25" r:id="rId7" xr:uid="{AE7FB66E-5660-4D37-8FA7-7F975276FEED}"/>
+    <hyperlink ref="E25" r:id="rId8" xr:uid="{BE3F5D6E-891D-42E6-B6FE-4EBF2BA35C86}"/>
+    <hyperlink ref="F22" r:id="rId9" display="http://www.gazzettaufficiale.it/eli/gu/2021/11/06/265/sg/pdf" xr:uid="{2D80A129-C4D3-440F-841A-F8D67934986F}"/>
+    <hyperlink ref="E22" r:id="rId10" xr:uid="{BA3F712D-E1F8-4D57-BE43-F842D523C904}"/>
+    <hyperlink ref="B24" r:id="rId11" xr:uid="{7B1BC78C-B263-4396-8E50-2A41393C8077}"/>
+    <hyperlink ref="F34" r:id="rId12" display="http://www.gazzettaufficiale.it/eli/gu/2020/03/17/70/sg/pdf" xr:uid="{66F139DF-85CA-4B26-8E3D-B214E91A70E1}"/>
+    <hyperlink ref="B34" r:id="rId13" xr:uid="{C75BF599-7F63-42C4-9AFD-A42609A47B59}"/>
+    <hyperlink ref="E34" r:id="rId14" xr:uid="{420640A9-74C9-43C2-A431-C39EC5C654CD}"/>
+    <hyperlink ref="B32" r:id="rId15" xr:uid="{5E241BD5-3762-457D-BCA5-89B7022BFD70}"/>
+    <hyperlink ref="F32" r:id="rId16" display="http://www.gazzettaufficiale.it/eli/gu/2020/07/16/178/so/24/sg/pdf" xr:uid="{A8AC0F9F-8122-4DCC-8061-1AD03913792A}"/>
+    <hyperlink ref="E32" r:id="rId17" xr:uid="{E24EECFF-E936-4D7A-B1D7-90EA51578E44}"/>
+    <hyperlink ref="B31" r:id="rId18" xr:uid="{7D30D723-7119-4D6C-BD86-41823D8C9822}"/>
+    <hyperlink ref="F31" r:id="rId19" display="http://www.gazzettaufficiale.it/eli/gu/2020/08/14/203/so/30/sg/pdf" xr:uid="{CB610CF7-3783-47AA-B798-C93C2872E80B}"/>
+    <hyperlink ref="E31" r:id="rId20" xr:uid="{23C734CC-FCE9-41C9-B63F-BA4F7276D5EB}"/>
+    <hyperlink ref="B26" r:id="rId21" xr:uid="{4EC4E4A4-565D-4A3E-B4E4-E3D87258979F}"/>
+    <hyperlink ref="F26" r:id="rId22" display="http://www.gazzettaufficiale.it/eli/gu/2021/05/25/123/sg/pdf" xr:uid="{23DE9016-C661-4C3A-A3E3-75ADDAE9504B}"/>
+    <hyperlink ref="E26" r:id="rId23" xr:uid="{99C79A51-A956-454B-A12F-61AECF765637}"/>
+    <hyperlink ref="B29" r:id="rId24" xr:uid="{F0770C02-A96C-447D-B9CD-6E557F86E239}"/>
+    <hyperlink ref="F29" r:id="rId25" display="http://www.gazzettaufficiale.it/eli/gu/2020/12/30/322/so/46/sg/pdf" xr:uid="{B10FB6D8-BC48-4F87-9574-62995F8A16AF}"/>
+    <hyperlink ref="B35" r:id="rId26" xr:uid="{2A9D350E-F208-48A8-9E28-060E80650BB7}"/>
+    <hyperlink ref="F35" r:id="rId27" display="http://www.gazzettaufficiale.it/eli/gu/2019/12/30/304/so/45/sg/pdf" xr:uid="{FA6135DC-736C-4685-86C3-335AFA78C545}"/>
+    <hyperlink ref="B36" r:id="rId28" xr:uid="{6F6C4818-ACEA-42F8-88D4-B432BC390D6E}"/>
+    <hyperlink ref="F36" r:id="rId29" display="http://www.gazzettaufficiale.it/eli/gu/2019/04/18/92/sg/pdf" xr:uid="{BC731779-BEFB-4780-A931-9744A9D2C931}"/>
+    <hyperlink ref="E36" r:id="rId30" xr:uid="{FD7724E7-8537-4E1B-A6AA-252690189B0D}"/>
+    <hyperlink ref="B40" r:id="rId31" xr:uid="{6E5AA512-4A3F-48B8-88A4-3E6433F3F695}"/>
+    <hyperlink ref="F40" r:id="rId32" display="http://www.gazzettaufficiale.it/eli/gu/2016/04/19/91/so/10/sg/pdf" xr:uid="{98AE7190-0C03-44D6-9AE5-ECCD1A2CD4C4}"/>
+    <hyperlink ref="B46" r:id="rId33" xr:uid="{1CF18B36-CF24-4040-986E-3977C3A54F50}"/>
+    <hyperlink ref="F46" r:id="rId34" display="http://www.gazzettaufficiale.it/eli/gu/2001/02/20/42/so/30/sg/pdf" xr:uid="{F90C885D-8B15-4045-ADF8-C89480E41626}"/>
+    <hyperlink ref="B23" r:id="rId35" xr:uid="{81D54562-4D34-4F4A-80B2-0155FF59D6CF}"/>
+    <hyperlink ref="F23" r:id="rId36" display="http://www.gazzettaufficiale.it/eli/gu/2021/09/10/217/sg/pdf" xr:uid="{3F78707C-CECE-4034-8613-8674C43E7A21}"/>
+    <hyperlink ref="E23" r:id="rId37" xr:uid="{1C56F31C-8D96-483B-A86E-C9B4F8AE4D1C}"/>
+    <hyperlink ref="B20" r:id="rId38" xr:uid="{8D61F113-1198-4785-89BE-E885A8B98A62}"/>
+    <hyperlink ref="F20" r:id="rId39" display="http://www.gazzettaufficiale.it/eli/gu/2021/12/31/310/so/49/sg/pdf" xr:uid="{51602A23-9424-4F26-912A-DA61DA718F89}"/>
+    <hyperlink ref="B41" r:id="rId40" xr:uid="{08AC7E04-1123-4843-8FA1-B7A54964FDB1}"/>
+    <hyperlink ref="F41" r:id="rId41" display="http://www.gazzettaufficiale.it/eli/gu/2013/04/19/92/sg/pdf" xr:uid="{EB9AF964-BB79-4F23-A132-5F5F1FD8ECB1}"/>
+    <hyperlink ref="B42" r:id="rId42" xr:uid="{9327A4DF-1222-48F3-BDBD-50BF76CDCB86}"/>
+    <hyperlink ref="F42" r:id="rId43" display="http://www.gazzettaufficiale.it/eli/gu/2013/04/05/80/sg/pdf" xr:uid="{F507E713-063E-432A-81A9-3A331A3E5183}"/>
+    <hyperlink ref="B43" r:id="rId44" xr:uid="{44B9E1BC-550E-44C9-819C-20158F2E4B1F}"/>
+    <hyperlink ref="F43" r:id="rId45" display="http://www.gazzettaufficiale.it/eli/gu/2012/11/13/265/sg/pdf" xr:uid="{3D631980-57C8-4CA5-A44C-9B5C4070CAA8}"/>
+    <hyperlink ref="B45" r:id="rId46" xr:uid="{0362752C-7102-42A6-B4F0-7A676C21C6A9}"/>
+    <hyperlink ref="F45" r:id="rId47" display="http://www.gazzettaufficiale.it/eli/gu/2003/07/29/174/so/123/sg/pdf" xr:uid="{90FD40C0-D1A5-4CD8-A348-AE99CB8355FE}"/>
+    <hyperlink ref="B39" r:id="rId48" xr:uid="{456D684D-FDE9-460F-BD96-9B124509897C}"/>
+    <hyperlink ref="F39" r:id="rId49" display="http://www.gazzettaufficiale.it/eli/gu/2018/09/04/205/sg/pdf" xr:uid="{7821159A-6548-44AA-8CC9-B38781E91794}"/>
+    <hyperlink ref="B47" r:id="rId50" xr:uid="{4C7BCBD8-4A0F-4F7F-8636-71C47EFDBAAC}"/>
+    <hyperlink ref="F47" r:id="rId51" display="http://www.gazzettaufficiale.it/eli/gu/1993/10/05/234/sg/pdf" xr:uid="{EB1E4BA1-D650-47AA-ABE8-58900F6D5112}"/>
+    <hyperlink ref="E47" r:id="rId52" xr:uid="{B63C0FD3-A377-4D09-9112-AF4C3EBC86BD}"/>
+    <hyperlink ref="B48" r:id="rId53" display="LEGGE 7 agosto 1990, n. 241" xr:uid="{DA6EAD43-AD19-424C-AB94-FAB71A6D53D4}"/>
+    <hyperlink ref="F48" r:id="rId54" display="http://www.gazzettaufficiale.it/eli/gu/1990/08/18/192/sg/pdf" xr:uid="{02C50447-8702-4482-B3A4-4580AAAA6D70}"/>
+    <hyperlink ref="B49" r:id="rId55" xr:uid="{5662255B-BD5A-491F-8FD2-493101B295F5}"/>
+    <hyperlink ref="B37" r:id="rId56" xr:uid="{1873F4FC-8EFD-41C6-9C17-0B651E9E9C2F}"/>
+    <hyperlink ref="F37" r:id="rId57" display="http://www.gazzettaufficiale.it/eli/gu/2018/10/23/247/sg/pdf" xr:uid="{1D7837E2-E7F1-48D5-A784-578CC3C7B6EA}"/>
+    <hyperlink ref="E37" r:id="rId58" xr:uid="{89FE605C-4FEF-45D2-99FF-A95C1F7662F4}"/>
+    <hyperlink ref="B38" r:id="rId59" xr:uid="{DA7A97EF-884C-48C1-8BCD-77848C9A4364}"/>
+    <hyperlink ref="F38" r:id="rId60" display="http://www.gazzettaufficiale.it/eli/gu/2018/09/28/226/sg/pdf" xr:uid="{B5B2F516-8573-4155-92E2-71BB374194C7}"/>
+    <hyperlink ref="E38" r:id="rId61" xr:uid="{19E1578D-3324-476A-B8E0-6D4A4A551DC8}"/>
+    <hyperlink ref="B21" r:id="rId62" xr:uid="{69B4FA77-C9A8-4182-B9FF-8DC7183D23E0}"/>
+    <hyperlink ref="F21" r:id="rId63" display="http://www.gazzettaufficiale.it/eli/gu/2021/12/31/310/sg/pdf" xr:uid="{C9A1FB0A-31CF-4C56-9CFF-1FFE956E8D59}"/>
+    <hyperlink ref="B33" r:id="rId64" xr:uid="{4A368A8D-300D-41A3-97C1-14E31946AC1A}"/>
+    <hyperlink ref="E33" r:id="rId65" xr:uid="{944A726E-C231-47B5-8200-40CD4E0BFF37}"/>
+    <hyperlink ref="F33" r:id="rId66" display="http://www.gazzettaufficiale.it/eli/gu/2020/05/19/128/so/21/sg/pdf" xr:uid="{AC7C7F6A-B220-47BC-BD30-B5CBC05F6487}"/>
+    <hyperlink ref="B15" r:id="rId67" xr:uid="{54A17A00-F89B-44A4-BD9B-4E57A8E7E89D}"/>
+    <hyperlink ref="B16" r:id="rId68" xr:uid="{2F4E239A-C7F4-4B43-98A8-6D4D0C50DF58}"/>
+    <hyperlink ref="B27" r:id="rId69" xr:uid="{28C8FE48-B328-47ED-BAE9-71FDD6B61D68}"/>
+    <hyperlink ref="E27" r:id="rId70" xr:uid="{FCE02427-230E-480E-8EDA-D13AECDDCEE0}"/>
+    <hyperlink ref="B19" r:id="rId71" xr:uid="{5CE1EC5F-C4A1-44B3-B7E9-585170519406}"/>
+    <hyperlink ref="B14" r:id="rId72" xr:uid="{F39AC6D6-D5F1-497B-B135-1310E8D7B952}"/>
+    <hyperlink ref="F14" r:id="rId73" display="(GU n.185 del 09-08-2022)" xr:uid="{B642D1E9-F546-4CC3-90AD-B53BAE350473}"/>
+    <hyperlink ref="B30" r:id="rId74" display="https://eur-lex.europa.eu/legal-content/IT/TXT/PDF/?uri=CELEX:32021D1757" xr:uid="{5AD07588-45A7-4EFA-9C91-4CDDACD39359}"/>
+    <hyperlink ref="B18" r:id="rId75" xr:uid="{60164FAF-2CA4-4555-B25A-7A1144FC2F37}"/>
+    <hyperlink ref="F18" r:id="rId76" xr:uid="{1EC4BD03-4FB0-4962-A965-E419D64D13B6}"/>
+    <hyperlink ref="F13" r:id="rId77" xr:uid="{DF47A76C-14A1-4460-B821-5588583E523B}"/>
+    <hyperlink ref="B17" r:id="rId78" xr:uid="{04534C7D-DC7D-43D1-A409-139F14CFD45B}"/>
+    <hyperlink ref="F17" r:id="rId79" xr:uid="{7F9FDB5F-BCED-4483-BCE5-834A978C808C}"/>
+    <hyperlink ref="F12" r:id="rId80" xr:uid="{D9D326E2-C6E4-436F-8933-896488B68295}"/>
+    <hyperlink ref="F11" r:id="rId81" xr:uid="{5534D8DB-85F4-4BA7-B396-068CAF2C29C9}"/>
+    <hyperlink ref="F10" r:id="rId82" xr:uid="{42D58742-216A-4E23-A5C9-1A0A7362CFCF}"/>
+    <hyperlink ref="F9" r:id="rId83" display="(GU n.303 del 30-12-2023 - Suppl. Ordinario n. 40)" xr:uid="{26F4F77F-E2CD-4829-9194-6C4143A9BE68}"/>
+    <hyperlink ref="F8" r:id="rId84" display="GU n.305 del 31-12-2024 - Suppl. Ordinario n. 43)" xr:uid="{8A232BD4-E593-4598-ACD7-5F09EF0AFEFB}"/>
+    <hyperlink ref="B8" r:id="rId85" xr:uid="{0E701A24-E1F4-47E9-A76F-BF2051514C2B}"/>
+    <hyperlink ref="B10" r:id="rId86" xr:uid="{8D683522-5825-419F-90CA-DB4616C436BC}"/>
+    <hyperlink ref="B9" r:id="rId87" xr:uid="{4C14FB37-5CBC-4B48-A640-77B0C9D0AD43}"/>
+    <hyperlink ref="B11" r:id="rId88" xr:uid="{CB6DB2C6-8B50-4107-BBF5-A1C102637617}"/>
+    <hyperlink ref="B12" r:id="rId89" xr:uid="{8C49580B-1D75-4955-A8F7-FE79CEA24863}"/>
+    <hyperlink ref="B7" r:id="rId90" xr:uid="{799E5812-7F0F-4525-83D2-DBD0DFD232FA}"/>
+    <hyperlink ref="F7" r:id="rId91" xr:uid="{60876054-1450-4981-B67A-BE2D4CA0C4EB}"/>
+    <hyperlink ref="B13" r:id="rId92" xr:uid="{E5A77F5C-881A-4CA1-8CF3-6A0A472EBA1D}"/>
+    <hyperlink ref="B3" r:id="rId93" xr:uid="{EE7899E1-6FC2-4209-A808-AFD6B365A472}"/>
+    <hyperlink ref="F3" r:id="rId94" display="https://www.gazzettaufficiale.it/eli/gu/2025/12/30/301/so/42/sg/pdf" xr:uid="{595F513F-AA19-4FF1-B8EF-91B7D5F5EE50}"/>
+    <hyperlink ref="F44" r:id="rId95" display="https://www.gazzettaufficiale.it/eli/gu/2007/12/14/290/so/268/sg/pdf" xr:uid="{1F797B92-E723-423C-B0B6-2047BFF0E907}"/>
+    <hyperlink ref="B5" r:id="rId96" xr:uid="{BC4E9BBC-3506-4A1F-AA11-E2CF24E12EC1}"/>
+    <hyperlink ref="F4" r:id="rId97" xr:uid="{682878D9-18D5-4F78-9F11-A544E04D957F}"/>
+    <hyperlink ref="B6" r:id="rId98" xr:uid="{802D1E62-DA9D-4D9F-A376-7BC85A023271}"/>
+    <hyperlink ref="F6" r:id="rId99" xr:uid="{10DDF462-5102-44C2-BD4D-F557DCA30E7A}"/>
+    <hyperlink ref="F5" r:id="rId100" xr:uid="{33545960-B4D8-49E1-A5B7-D1AEDEA00ABE}"/>
+    <hyperlink ref="B4" r:id="rId101" display="decreto-legge 29 ottobre 2025, n. 156" xr:uid="{0892F229-3A3F-4D72-BA5F-3D9E63A8C430}"/>
+    <hyperlink ref="F19" r:id="rId102" xr:uid="{640081AB-1801-4B9B-ADEC-514459CAE413}"/>
+    <hyperlink ref="F15" r:id="rId103" xr:uid="{98FB43F9-431F-45B4-B9A8-83ACB7723306}"/>
   </hyperlinks>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="94" fitToHeight="0" orientation="landscape" r:id="rId93"/>
+  <pageSetup paperSize="9" scale="62" fitToHeight="0" orientation="landscape" r:id="rId104"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Intervalli denominati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>