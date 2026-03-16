--- v0 (2025-12-05)
+++ v1 (2026-03-16)
@@ -1,120 +1,126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\OIV\liquidazioni OIV\triennio 2023-2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{47CBF5D1-020F-4F93-9BF4-39D94096ADBB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{25B27FBF-9160-4A26-BFA1-8B6757293FFB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="921" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="264" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Rossi 2025" sheetId="26" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Rossi 2025'!$A$1:$F$7</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Rossi 2025'!$A$1:$F$8</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="13" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="15">
   <si>
     <t>Nome e Cognome</t>
   </si>
   <si>
     <t>Funzione</t>
   </si>
   <si>
     <t>ORGANISMO INDIPENDENTE DI VALUTAZIONE</t>
   </si>
   <si>
     <t>AUTORITA' DI SISTEMA PORTUAL E DEL MAR LIGURE OCCIDENTALE</t>
   </si>
   <si>
     <t>FATTURA N. DEL</t>
   </si>
   <si>
     <t xml:space="preserve">Atto di Conferimento dell'attuale Incarico </t>
   </si>
   <si>
     <t>0ggetto</t>
   </si>
   <si>
     <t>MARCO ROSSI</t>
   </si>
   <si>
     <t>DECRETO N. 551 DEL 31.05.2023</t>
   </si>
   <si>
     <t>TOTALE COMPENSI LIQUIDATI per l'anno 2025 - MARCO ROSSI OIV DELL'ENTE</t>
   </si>
   <si>
     <t>FPA 120/25 del 27-07-2025</t>
   </si>
   <si>
     <t>Competenze OIV GEN '25 - GIU '25</t>
   </si>
   <si>
     <t xml:space="preserve">Totale Compensi 2025 (importo lordo) </t>
+  </si>
+  <si>
+    <t>FPA 8/26 del 01/01/2026</t>
+  </si>
+  <si>
+    <t>Competenze OIV LUG '25 - DIC '25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$€-2]\ #,##0.00;[Red]\-[$€-2]\ #,##0.00"/>
   </numFmts>
   <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -262,51 +268,51 @@
         <color rgb="FF538ED5"/>
       </right>
       <top style="thin">
         <color rgb="FF538ED5"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF538ED5"/>
       </left>
       <right style="thin">
         <color rgb="FF538ED5"/>
       </right>
       <top style="thin">
         <color rgb="FF538ED5"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="19">
+  <cellXfs count="20">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -316,50 +322,53 @@
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="11">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
         <name val="Calibri"/>
         <scheme val="none"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color rgb="FF538ED5"/>
         </left>
         <right/>
         <top style="thin">
           <color rgb="FF538ED5"/>
         </top>
@@ -598,51 +607,51 @@
           <color rgb="FF538ED5"/>
         </vertical>
         <horizontal style="thin">
           <color rgb="FF538ED5"/>
         </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="Tabella363425" displayName="Tabella363425" ref="A5:F7" totalsRowShown="0" headerRowDxfId="10" totalsRowDxfId="7" headerRowBorderDxfId="9" tableBorderDxfId="8" totalsRowBorderDxfId="6">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="Tabella363425" displayName="Tabella363425" ref="A5:F8" totalsRowShown="0" headerRowDxfId="10" totalsRowDxfId="7" headerRowBorderDxfId="9" tableBorderDxfId="8" totalsRowBorderDxfId="6">
   <tableColumns count="6">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0200-000001000000}" name="Nome e Cognome" dataDxfId="5"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0200-000002000000}" name="Funzione" dataDxfId="4"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0200-000003000000}" name="Atto di Conferimento dell'attuale Incarico " dataDxfId="3"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0200-000007000000}" name="Totale Compensi 2025 (importo lordo) " dataDxfId="2"/>
     <tableColumn id="4" xr3:uid="{797EC140-3E0D-49F0-AD60-7D086F43740E}" name="FATTURA N. DEL" dataDxfId="1"/>
     <tableColumn id="5" xr3:uid="{5E59696B-E75F-415F-989B-5C6734BF7E95}" name="0ggetto" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
@@ -905,54 +914,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:F7"/>
+  <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="I6" sqref="I6"/>
+      <selection activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="20.453125" style="1" customWidth="1"/>
     <col min="2" max="2" width="32" style="1" customWidth="1"/>
     <col min="3" max="3" width="27.7265625" style="2" customWidth="1"/>
     <col min="4" max="4" width="17.453125" style="1" customWidth="1"/>
     <col min="5" max="5" width="24.1796875" style="1" customWidth="1"/>
     <col min="6" max="6" width="28.453125" style="1" customWidth="1"/>
     <col min="7" max="248" width="9.1796875" style="1"/>
     <col min="249" max="249" width="28.1796875" style="1" customWidth="1"/>
     <col min="250" max="250" width="37.54296875" style="1" bestFit="1" customWidth="1"/>
     <col min="251" max="251" width="26" style="1" customWidth="1"/>
     <col min="252" max="252" width="13.54296875" style="1" bestFit="1" customWidth="1"/>
     <col min="253" max="253" width="16.81640625" style="1" customWidth="1"/>
     <col min="254" max="254" width="14.54296875" style="1" customWidth="1"/>
     <col min="255" max="255" width="16.1796875" style="1" customWidth="1"/>
     <col min="256" max="256" width="15.26953125" style="1" customWidth="1"/>
     <col min="257" max="258" width="18.7265625" style="1" customWidth="1"/>
     <col min="259" max="259" width="15" style="1" customWidth="1"/>
     <col min="260" max="260" width="19.453125" style="1" customWidth="1"/>
     <col min="261" max="504" width="9.1796875" style="1"/>
     <col min="505" max="505" width="28.1796875" style="1" customWidth="1"/>
     <col min="506" max="506" width="37.54296875" style="1" bestFit="1" customWidth="1"/>
@@ -1746,57 +1755,77 @@
       </c>
       <c r="F5" s="8" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="9" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="10" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="11">
         <v>12688</v>
       </c>
       <c r="E6" s="12" t="s">
         <v>10</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="F7" s="17"/>
+    <row r="7" spans="1:6" ht="22" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="11">
+        <v>12688</v>
+      </c>
+      <c r="E7" s="19" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.3">
+      <c r="A8" s="14"/>
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="16"/>
+      <c r="F8" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="89" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>